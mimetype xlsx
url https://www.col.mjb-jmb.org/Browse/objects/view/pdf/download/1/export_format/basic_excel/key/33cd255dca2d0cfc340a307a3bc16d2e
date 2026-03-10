--- v0 (2025-10-04)
+++ v1 (2026-03-10)
@@ -14,97 +14,100 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1234">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Dr Theodor Herzl (00035)</t>
   </si>
   <si>
     <t>Lisa und der Knecht (00401)</t>
   </si>
   <si>
     <t>Central Komitet fun di bafrajte Jidn in der US Zone Dajczland. (00445)</t>
   </si>
   <si>
     <t>Bescheinigung der Cheschliekung (00460)</t>
   </si>
   <si>
     <t>Aus dem Judenviertel in Amsterdam: Karrenhandel. (00486)</t>
   </si>
   <si>
     <t>Jüdische Kleidungen (00487)</t>
   </si>
   <si>
     <t>Portrait de Bloch, Armand.  (00491)</t>
   </si>
   <si>
     <t>Façade de la synagogue de Liège. (00494)</t>
   </si>
   <si>
     <t>Hagadah  "hon yavi otam" (il nous rejoint) (00608)</t>
   </si>
   <si>
     <t>Médaille (00658)</t>
   </si>
   <si>
     <t>Médaille (00722)</t>
   </si>
   <si>
+    <t>Photographie de la synagogue de Francfort-sur-Le-Main (01774)</t>
+  </si>
+  <si>
     <t>Synagogue de Knokke (02159)</t>
   </si>
   <si>
     <t>Synagogue de Knokke (02160)</t>
   </si>
   <si>
     <t>Juifs d'Espagne  (02306)</t>
   </si>
   <si>
     <t>Synagogue de Cologne  (02309)</t>
   </si>
   <si>
     <t>L'Edification du temple (02340)</t>
   </si>
   <si>
     <t>Vieux porche aux vieilles Halles aux blés (02594)</t>
   </si>
   <si>
     <t>Synagogue de Liège (03056)</t>
   </si>
   <si>
     <t>Sabbath-Ausgang (03111)</t>
   </si>
   <si>
     <t>Das Schultragen. (03449)</t>
@@ -121,84 +124,96 @@
   <si>
     <t>Anvers - Temple des israélites (04533)</t>
   </si>
   <si>
     <t>Synagogue de Liège (04534)</t>
   </si>
   <si>
     <t>[VIDE] (05222)</t>
   </si>
   <si>
     <t>Coupure de L'Illustration.  (05484)</t>
   </si>
   <si>
     <t>Der Deutsche Weg  (05637)</t>
   </si>
   <si>
     <t>[VIDE] (05908)</t>
   </si>
   <si>
     <t>Forçats d'honneur (05913)</t>
   </si>
   <si>
     <t>[VIDE] (06468)</t>
   </si>
   <si>
-    <t>[VIDE] (06644)</t>
+    <t xml:space="preserve"> Augusta et Wilhelm, roi et reine de Prusse (06644)</t>
   </si>
   <si>
     <t>Médaille (06646)</t>
   </si>
   <si>
     <t>Médaille (06697)</t>
   </si>
   <si>
     <t>"Juifs. (Talmudistes)" (07081)</t>
   </si>
   <si>
     <t>Ketubah  (07088)</t>
   </si>
   <si>
     <t>Sabbath-Nachmittag (07180)</t>
   </si>
   <si>
     <t>Alain Finkielkraut / L'avenir d'une négation (07254)</t>
   </si>
   <si>
+    <t>Europas Juden im Mittelalter (07839)</t>
+  </si>
+  <si>
     <t>" Und keiner hat für uns Kaddisch gesagt..." (07863)</t>
   </si>
   <si>
+    <t>Die Juden in Griechenland (07871)</t>
+  </si>
+  <si>
     <t>Le racisme ça finit toujours mal. (07982)</t>
   </si>
   <si>
     <t>Affiche "Jüdisches Museum München" (08075)</t>
   </si>
   <si>
+    <t>Schalom Ben-Chorin (08077)</t>
+  </si>
+  <si>
+    <t>Teddy Kollek - Jérusalem (08078)</t>
+  </si>
+  <si>
     <t>Oxalys (08369)</t>
   </si>
   <si>
-    <t>Kies voor de democratie ! (08447)</t>
+    <t>Kies voor de democratie  (08447)</t>
   </si>
   <si>
     <t>Résistance Spirituelle L'art dans les Camps de concentration 1940-1945 (08542)</t>
   </si>
   <si>
     <t>Maus (08590)</t>
   </si>
   <si>
     <t>Shoah (08749)</t>
   </si>
   <si>
     <t>Affiche "Max Liebermann" (08774)</t>
   </si>
   <si>
     <t>Affiche "Edwart Leibovitz" (08795)</t>
   </si>
   <si>
     <t>La synagogue de Frankfort, Max Beckmann (08809)</t>
   </si>
   <si>
     <t>Jüdisches Kulturmuseum und Synagogoe Veitshöchheim (08851)</t>
   </si>
   <si>
     <t>Exposition Lee Miller (08856)</t>
   </si>
@@ -539,72 +554,78 @@
   <si>
     <t>Médaille cathédrale de Mayence  (17160)</t>
   </si>
   <si>
     <t>Médaille temple le Walhala (17195)</t>
   </si>
   <si>
     <t>Fraternité (17495)</t>
   </si>
   <si>
     <t>Fraternité (17504)</t>
   </si>
   <si>
     <t>Dimanche: le miroir de la semaine (17540)</t>
   </si>
   <si>
     <t>Clio XXe: nouvelle du passé (17624)</t>
   </si>
   <si>
     <t>G.I à Nuremberg (17629)</t>
   </si>
   <si>
     <t>Aus dem Judenviertel in Amsterdam : Strassenhandel- Amsterdamer Judengasse  (17643)</t>
   </si>
   <si>
+    <t>Plat de Shabbat (17646)</t>
+  </si>
+  <si>
     <t>Reproduction d'une gravure du tashlikh (17724)</t>
   </si>
   <si>
     <t>Portrait de Rudolf Sudermann (18116)</t>
   </si>
   <si>
     <t>Le camp d'extermination de Buchenwald à la libération (18189)</t>
   </si>
   <si>
     <t>Moïse recevant les tables de la loi (18390)</t>
   </si>
   <si>
     <t>Moïse Sauvé Miraculeusement (18848)</t>
   </si>
   <si>
     <t>The Copenhagen Haggadah  (18877)</t>
   </si>
   <si>
     <t>Hagadah (18887)</t>
   </si>
   <si>
     <t>Hagadah (18888)</t>
+  </si>
+  <si>
+    <t>Zionistisches Merkbuch 1912 (19067)</t>
   </si>
   <si>
     <t>Die Jüdische Abteilung des Berlin Museums (AR00054)</t>
   </si>
   <si>
     <t>John F. und Hertha Oppenheimer-Stiftung (AR00055)</t>
   </si>
   <si>
     <t>Chagall - Kunst oder nur Effekt ? (AR00259)</t>
   </si>
   <si>
     <t>Synagogen in Baden (Mittelalter bis Neuzeit) (AR00266)</t>
   </si>
   <si>
     <t>"Kokoschkas Werk ""neben der Malerei""" (AR00464)</t>
   </si>
   <si>
     <t>Innenseiter, Aussenseiter. Moderne jüdische Künstler im Portrait (AR00686)</t>
   </si>
   <si>
     <t>Court Jews in Economics and Politics (AR00753)</t>
   </si>
   <si>
     <t>The Aristrocrat and the Synagogue - The Rothschilds and Judaism (AR01016)</t>
   </si>
@@ -3218,50 +3239,59 @@
   </si>
   <si>
     <t>The persecution and Murder of the European Jews by Nazi Germany- 1933-1945 (BI13369)</t>
   </si>
   <si>
     <t>Roger David Servais (BI13371)</t>
   </si>
   <si>
     <t>Flucht von Juden aus Deportationszügen (BI13375)</t>
   </si>
   <si>
     <t>Forschungen zur Geschichte der Juden
 Band 10 (BI13386)</t>
   </si>
   <si>
     <t>Jewish Museum Berlin (BI13435)</t>
   </si>
   <si>
     <t>Stéphane Mandelbaum (BI13535)</t>
   </si>
   <si>
     <t>Sex (BI13539)</t>
   </si>
   <si>
     <t>L'homme qui rit (BI13590)</t>
+  </si>
+  <si>
+    <t>Gustav Metzger  (BI13653)</t>
+  </si>
+  <si>
+    <t>Stammeskunde der Juden (BI13701)</t>
+  </si>
+  <si>
+    <t>Max Liebermann (BI13712)</t>
   </si>
   <si>
     <t>Autobiografye (BY00074A)</t>
   </si>
   <si>
     <t>In fremdn land
 Lider (BY00093A1)</t>
   </si>
   <si>
     <t>In fremdn land
 Lider (BY00093A2)</t>
   </si>
   <si>
     <t>30 yor in argentine (BY00128A)</t>
   </si>
   <si>
     <t>Mark Shagal (BY00280B)</t>
   </si>
   <si>
     <t>Khurbn (BY00291A)</t>
   </si>
   <si>
     <t>Lord Bikonsfild (BY00564A)</t>
   </si>
   <si>
@@ -3873,51 +3903,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60855_ca_object_representations_media_10596_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10285_ca_object_representations_media_98_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71210_ca_object_representations_media_330_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88915_ca_object_representations_media_107_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67472_ca_object_representations_media_356_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4292_ca_object_representations_media_357_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23635_ca_object_representations_media_359_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49192_ca_object_representations_media_10604_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73666_ca_object_representations_media_405_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15021_ca_object_representations_media_425_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571_ca_object_representations_media_22232_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11570_ca_object_representations_media_11423_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70894_ca_object_representations_media_11424_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86219_ca_object_representations_media_23396_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16283_ca_object_representations_media_23382_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70401_ca_object_representations_media_23615_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63868_ca_object_representations_media_1171_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4182_ca_object_representations_media_1214_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47376_ca_object_representations_media_11484_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22686_ca_object_representations_media_23627_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42300_ca_object_representations_media_1430_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17229_ca_object_representations_media_1701_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16046_ca_object_representations_media_1737_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12222_ca_object_representations_media_1738_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24142_ca_object_representations_media_1860_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76479_ca_object_representations_media_1984_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78601_ca_object_representations_media_2076_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82886_ca_object_representations_media_12272_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77171_ca_object_representations_media_2216_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35260_ca_object_representations_media_12274_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72952_ca_object_representations_media_2548_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50790_ca_object_representations_media_2550_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83763_ca_object_representations_media_2600_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85497_ca_object_representations_media_2760_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50671_ca_object_representations_media_2766_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5403_ca_object_representations_media_2806_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12789_ca_object_representations_media_2864_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61679_ca_object_representations_media_3454_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82191_ca_object_representations_media_3573_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3975_ca_object_representations_media_3662_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31148_ca_object_representations_media_3874_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8721_ca_object_representations_media_3949_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25843_ca_object_representations_media_4042_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_ca_object_representations_media_4089_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26711_ca_object_representations_media_4234_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86818_ca_object_representations_media_4259_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80404_ca_object_representations_media_4280_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22732_ca_object_representations_media_4293_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9963_ca_object_representations_media_4335_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86352_ca_object_representations_media_4340_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88355_ca_object_representations_media_4388_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13042_ca_object_representations_media_4816_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20493_ca_object_representations_media_4817_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88427_ca_object_representations_media_4818_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48747_ca_object_representations_media_4819_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78600_ca_object_representations_media_4820_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73763_ca_object_representations_media_4821_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8843_ca_object_representations_media_4822_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95612_ca_object_representations_media_4823_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52816_ca_object_representations_media_4824_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71068_ca_object_representations_media_4825_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55780_ca_object_representations_media_4826_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33423_ca_object_representations_media_4827_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31796_ca_object_representations_media_4828_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97489_ca_object_representations_media_4829_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49409_ca_object_representations_media_4830_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35277_ca_object_representations_media_4831_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60688_ca_object_representations_media_4832_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51330_ca_object_representations_media_4833_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36033_ca_object_representations_media_4834_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12775_ca_object_representations_media_4835_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31296_ca_object_representations_media_4836_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83519_ca_object_representations_media_4837_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43631_ca_object_representations_media_4838_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97221_ca_object_representations_media_4839_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936_ca_object_representations_media_4840_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58186_ca_object_representations_media_4841_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94021_ca_object_representations_media_4842_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82379_ca_object_representations_media_4843_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38828_ca_object_representations_media_4844_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31850_ca_object_representations_media_4845_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7240_ca_object_representations_media_4846_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56169_ca_object_representations_media_4847_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97442_ca_object_representations_media_4892_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73948_ca_object_representations_media_5181_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77283_ca_object_representations_media_5182_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89574_ca_object_representations_media_5183_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85737_ca_object_representations_media_5184_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71001_ca_object_representations_media_5185_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20824_ca_object_representations_media_5186_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80045_ca_object_representations_media_5187_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33165_ca_object_representations_media_5188_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97672_ca_object_representations_media_5189_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64579_ca_object_representations_media_5190_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98079_ca_object_representations_media_5191_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19878_ca_object_representations_media_5192_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86827_ca_object_representations_media_5193_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73953_ca_object_representations_media_5194_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23733_ca_object_representations_media_5195_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57390_ca_object_representations_media_5196_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65692_ca_object_representations_media_6520_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92973_ca_object_representations_media_7306_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2728_ca_object_representations_media_7307_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76577_ca_object_representations_media_7313_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76678_ca_object_representations_media_7314_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26091_ca_object_representations_media_7318_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60345_ca_object_representations_media_7320_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75222_ca_object_representations_media_7321_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53814_ca_object_representations_media_7322_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6124_ca_object_representations_media_7323_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44562_ca_object_representations_media_7324_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62396_ca_object_representations_media_7327_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54904_ca_object_representations_media_7330_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27819_ca_object_representations_media_7331_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31724_ca_object_representations_media_7343_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651_ca_object_representations_media_7345_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34364_ca_object_representations_media_7346_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21635_ca_object_representations_media_7350_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21865_ca_object_representations_media_7351_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16327_ca_object_representations_media_7352_large120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32801_ca_object_representations_media_7353_large121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88460_ca_object_representations_media_7354_large122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62873_ca_object_representations_media_7355_large123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91607_ca_object_representations_media_7356_large124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69062_ca_object_representations_media_7357_large125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57875_ca_object_representations_media_7358_large126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84263_ca_object_representations_media_7359_large127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7710_ca_object_representations_media_7361_large128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75779_ca_object_representations_media_7544_large129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5461_ca_object_representations_media_7566_large130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95200_ca_object_representations_media_7568_large131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43375_ca_object_representations_media_7569_large132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9987_ca_object_representations_media_7570_large133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90875_ca_object_representations_media_7580_large134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12671_ca_object_representations_media_7584_large135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52863_ca_object_representations_media_7587_large136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23189_ca_object_representations_media_7598_large137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51222_ca_object_representations_media_7605_large138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5398_ca_object_representations_media_7606_large139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54706_ca_object_representations_media_7612_large140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38869_ca_object_representations_media_7631_large141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7648_ca_object_representations_media_7634_large142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42083_ca_object_representations_media_7694_large143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12616_ca_object_representations_media_7697_large144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75025_ca_object_representations_media_7713_large145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69047_ca_object_representations_media_8545_large146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737_ca_object_representations_media_8548_large147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5563_ca_object_representations_media_8984_large148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16121_ca_object_representations_media_9096_large149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35884_ca_object_representations_media_27938_large150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77085_ca_object_representations_media_9736_large151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_ca_object_representations_media_9941_large152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18270_ca_object_representations_media_9988_large153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8434_ca_object_representations_media_27691_large154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22670_ca_object_representations_media_27695_large155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38587_ca_object_representations_media_27668_large156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31080_ca_object_representations_media_27705_large157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29318_ca_object_representations_media_27630_large158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56182_ca_object_representations_media_27660_large159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71476_ca_object_representations_media_27664_large160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31121_ca_object_representations_media_27677_large161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26859_ca_object_representations_media_27681_large162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2648_ca_object_representations_media_27648_large163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61841_ca_object_representations_media_12843_large164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97024_ca_object_representations_media_21270_large165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8329_ca_object_representations_media_23432_large166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2698_ca_object_representations_media_23614_large167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90386_ca_object_representations_media_25451_large168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83869_ca_object_representations_media_27707_large169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94019_ca_object_representations_media_27888_large170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53426_ca_object_representations_media_27914_large171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60525_ca_object_representations_media_27917_large172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44504_ca_object_representations_media_24402_large173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70782_ca_object_representations_media_21039_large174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4282_ca_object_representations_media_21416_large175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97544_ca_object_representations_media_20847_large176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98638_ca_object_representations_media_20917_large177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89014_ca_object_representations_media_21319_large178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26232_ca_object_representations_media_21394_large179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92333_ca_object_representations_media_21392_large180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99052_ca_object_representations_media_21299_large181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22226_ca_object_representations_media_21301_large182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65291_ca_object_representations_media_20975_large183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70935_ca_object_representations_media_20599_large184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20991_ca_object_representations_media_20967_large185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80881_ca_object_representations_media_21099_large186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42629_ca_object_representations_media_21592_large187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72799_ca_object_representations_media_20973_large188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791_ca_object_representations_media_21432_large189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19548_ca_object_representations_media_21420_large190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24470_ca_object_representations_media_20964_large191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2918_ca_object_representations_media_21414_large192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58278_ca_object_representations_media_21321_large193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45410_ca_object_representations_media_20897_large194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17512_ca_object_representations_media_21423_large195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75876_ca_object_representations_media_20961_large196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12034_ca_object_representations_media_20962_large197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20021_ca_object_representations_media_21285_large198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5701_ca_object_representations_media_21063_large199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89331_ca_object_representations_media_22060_large200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73454_ca_object_representations_media_21068_large201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71536_ca_object_representations_media_21072_large202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64196_ca_object_representations_media_21025_large203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51896_ca_object_representations_media_21022_large204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90867_ca_object_representations_media_21023_large205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45847_ca_object_representations_media_21026_large206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22035_ca_object_representations_media_21033_large207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99176_ca_object_representations_media_21032_large208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9826_ca_object_representations_media_21035_large209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39114_ca_object_representations_media_21045_large210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19767_ca_object_representations_media_21061_large211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56422_ca_object_representations_media_21124_large212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22040_ca_object_representations_media_21142_large213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73737_ca_object_representations_media_21130_large214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97699_ca_object_representations_media_21532_large215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52455_ca_object_representations_media_21531_large216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33801_ca_object_representations_media_21521_large217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4286_ca_object_representations_media_21527_large218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8216_ca_object_representations_media_21602_large219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96416_ca_object_representations_media_22062_large220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7849_ca_object_representations_media_21799_large221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6331_ca_object_representations_media_21797_large222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30632_ca_object_representations_media_21795_large223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62038_ca_object_representations_media_20966_large224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80151_ca_object_representations_media_20958_large225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69318_ca_object_representations_media_20960_large226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64439_ca_object_representations_media_20959_large227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92075_ca_object_representations_media_20956_large228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72318_ca_object_representations_media_20957_large229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34495_ca_object_representations_media_20914_large230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52427_ca_object_representations_media_21817_large231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92353_ca_object_representations_media_21083_large232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54021_ca_object_representations_media_21087_large233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25599_ca_object_representations_media_21408_large234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33359_ca_object_representations_media_21409_large235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75772_ca_object_representations_media_21187_large236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250_ca_object_representations_media_21116_large237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57866_ca_object_representations_media_20915_large238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39186_ca_object_representations_media_20912_large239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2184_ca_object_representations_media_20591_large240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49525_ca_object_representations_media_21115_large241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48448_ca_object_representations_media_21179_large242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96502_ca_object_representations_media_21181_large243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4060_ca_object_representations_media_21586_large244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93490_ca_object_representations_media_20937_large245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52216_ca_object_representations_media_20940_large246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24692_ca_object_representations_media_20939_large247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83234_ca_object_representations_media_20938_large248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32928_ca_object_representations_media_21421_large249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49040_ca_object_representations_media_20955_large250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17176_ca_object_representations_media_24523_large251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94892_ca_object_representations_media_24817_large252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94117_ca_object_representations_media_21419_large253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3456_ca_object_representations_media_21027_large254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83843_ca_object_representations_media_20970_large255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28272_ca_object_representations_media_20965_large256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59624_ca_object_representations_media_21415_large257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19740_ca_object_representations_media_20971_large258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58104_ca_object_representations_media_21417_large259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53541_ca_object_representations_media_21424_large260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27595_ca_object_representations_media_21398_large261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29063_ca_object_representations_media_21410_large262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37216_ca_object_representations_media_21422_large263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8756_ca_object_representations_media_21418_large264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61327_ca_object_representations_media_12649_large265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27120_ca_object_representations_media_21548_large266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38482_ca_object_representations_media_20969_large267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78399_ca_object_representations_media_20886_large268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69159_ca_object_representations_media_21413_large269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29781_ca_object_representations_media_12560_large270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58493_ca_object_representations_media_12741_large271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96440_ca_object_representations_media_12776_large272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58881_ca_object_representations_media_20022_large273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3054_ca_object_representations_media_20033_large274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424_ca_object_representations_media_20034_large275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_ca_object_representations_media_20073_large276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46083_ca_object_representations_media_20459_large277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96430_ca_object_representations_media_20467_large278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89062_ca_object_representations_media_20468_large279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21923_ca_object_representations_media_20469_large280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21554_ca_object_representations_media_20470_large281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37036_ca_object_representations_media_20471_large282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56127_ca_object_representations_media_20514_large283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48227_ca_object_representations_media_20515_large284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99528_ca_object_representations_media_20522_large285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63345_ca_object_representations_media_20947_large286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82413_ca_object_representations_media_21196_large287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2511_ca_object_representations_media_21490_large288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84694_ca_object_representations_media_21678_large289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193_ca_object_representations_media_21687_large290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51428_ca_object_representations_media_21689_large291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52558_ca_object_representations_media_21690_large292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97805_ca_object_representations_media_21720_large293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64619_ca_object_representations_media_21759_large294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83047_ca_object_representations_media_21781_large295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47217_ca_object_representations_media_21859_large296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64325_ca_object_representations_media_21942_large297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55929_ca_object_representations_media_22051_large298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18989_ca_object_representations_media_22398_large299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91217_ca_object_representations_media_22409_large300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5382_ca_object_representations_media_22592_large301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9081_ca_object_representations_media_22727_large302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11614_ca_object_representations_media_23255_large303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88118_ca_object_representations_media_23269_large304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_ca_object_representations_media_23452_large305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96082_ca_object_representations_media_23459_large306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28048_ca_object_representations_media_23941_large307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8656_ca_object_representations_media_23942_large308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93038_ca_object_representations_media_23968_large309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49852_ca_object_representations_media_24223_large310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28928_ca_object_representations_media_25824_large311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17489_ca_object_representations_media_25856_large312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30628_ca_object_representations_media_26002_large313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56635_ca_object_representations_media_26197_large314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34954_ca_object_representations_media_26237_large315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13374_ca_object_representations_media_26290_large316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44290_ca_object_representations_media_26292_large317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52517_ca_object_representations_media_26296_large318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57347_ca_object_representations_media_26307_large319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49329_ca_object_representations_media_26413_large320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20485_ca_object_representations_media_27063_large321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52025_ca_object_representations_media_27067_large322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9607_ca_object_representations_media_27415_large323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67927_ca_object_representations_media_25947_large324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14269_ca_object_representations_media_13639_large325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83910_ca_object_representations_media_14359_large326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79627_ca_object_representations_media_14371_large327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49121_ca_object_representations_media_25513_large328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11722_ca_object_representations_media_25514_large329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84829_ca_object_representations_media_25515_large330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86979_ca_object_representations_media_25516_large331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59967_ca_object_representations_media_26355_large332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44995_ca_object_representations_media_26357_large333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46652_ca_object_representations_media_26359_large334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37206_ca_object_representations_media_26373_large335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29872_ca_object_representations_media_26378_large336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44007_ca_object_representations_media_26384_large337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88500_ca_object_representations_media_26385_large338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13495_ca_object_representations_media_26400_large339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48359_ca_object_representations_media_26401_large340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57859_ca_object_representations_media_26735_large341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74999_ca_object_representations_media_26737_large342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47895_ca_object_representations_media_26738_large343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95838_ca_object_representations_media_26739_large344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57024_ca_object_representations_media_26761_large345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84665_ca_object_representations_media_26760_large346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67090_ca_object_representations_media_26759_large347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73834_ca_object_representations_media_26758_large348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56983_ca_object_representations_media_26770_large349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41147_ca_object_representations_media_26772_large350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50572_ca_object_representations_media_26773_large351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52188_ca_object_representations_media_26774_large352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9856_ca_object_representations_media_26800_large353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34590_ca_object_representations_media_26801_large354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92293_ca_object_representations_media_26802_large355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35376_ca_object_representations_media_26803_large356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92239_ca_object_representations_media_26806_large357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25160_ca_object_representations_media_26807_large358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83518_ca_object_representations_media_26812_large359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21501_ca_object_representations_media_26815_large360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50434_ca_object_representations_media_26816_large361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25894_ca_object_representations_media_26820_large362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89263_ca_object_representations_media_26822_large363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95605_ca_object_representations_media_26823_large364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15223_ca_object_representations_media_26828_large365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95204_ca_object_representations_media_26829_large366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90419_ca_object_representations_media_26830_large367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48061_ca_object_representations_media_26831_large368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85989_ca_object_representations_media_26832_large369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85575_ca_object_representations_media_26834_large370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60270_ca_object_representations_media_26906_large371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24526_ca_object_representations_media_26921_large372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45667_ca_object_representations_media_26922_large373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23541_ca_object_representations_media_26923_large374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35100_ca_object_representations_media_26924_large375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29799_ca_object_representations_media_26925_large376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86495_ca_object_representations_media_26926_large377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56480_ca_object_representations_media_26927_large378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88596_ca_object_representations_media_26928_large379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29484_ca_object_representations_media_26930_large380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43561_ca_object_representations_media_26931_large381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85856_ca_object_representations_media_26932_large382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41570_ca_object_representations_media_26933_large383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42000_ca_object_representations_media_26934_large384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93473_ca_object_representations_media_26937_large385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55987_ca_object_representations_media_26938_large386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11473_ca_object_representations_media_26943_large387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81618_ca_object_representations_media_26944_large388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28555_ca_object_representations_media_26953_large389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3407_ca_object_representations_media_26954_large390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71614_ca_object_representations_media_26955_large391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61545_ca_object_representations_media_26956_large392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70226_ca_object_representations_media_26957_large393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22042_ca_object_representations_media_26958_large394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60846_ca_object_representations_media_26959_large395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65808_ca_object_representations_media_26960_large396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7136_ca_object_representations_media_26961_large397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76793_ca_object_representations_media_26971_large398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28252_ca_object_representations_media_26974_large399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97926_ca_object_representations_media_26975_large400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67375_ca_object_representations_media_26976_large401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73586_ca_object_representations_media_26977_large402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72545_ca_object_representations_media_26978_large403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3828_ca_object_representations_media_26979_large404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51894_ca_object_representations_media_26980_large405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77179_ca_object_representations_media_26981_large406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83693_ca_object_representations_media_26982_large407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29912_ca_object_representations_media_26983_large408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96922_ca_object_representations_media_26985_large409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86806_ca_object_representations_media_27170_large410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95750_ca_object_representations_media_27171_large411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73757_ca_object_representations_media_27172_large412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55395_ca_object_representations_media_27173_large413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41818_ca_object_representations_media_27174_large414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61794_ca_object_representations_media_27175_large415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14713_ca_object_representations_media_27177_large416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84624_ca_object_representations_media_27594_large417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53780_ca_object_representations_media_28332_large418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34087_ca_object_representations_media_28333_large419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95574_ca_object_representations_media_28334_large420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24613_ca_object_representations_media_28335_large421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26631_ca_object_representations_media_28336_large422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28887_ca_object_representations_media_28380_large423.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60855_ca_object_representations_media_10596_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10285_ca_object_representations_media_98_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71210_ca_object_representations_media_330_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88915_ca_object_representations_media_107_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67472_ca_object_representations_media_356_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4292_ca_object_representations_media_357_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23635_ca_object_representations_media_359_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49192_ca_object_representations_media_10604_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73666_ca_object_representations_media_405_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15021_ca_object_representations_media_425_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571_ca_object_representations_media_22232_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17741_ca_object_representations_media_10679_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11570_ca_object_representations_media_11423_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70894_ca_object_representations_media_11424_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86219_ca_object_representations_media_23396_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16283_ca_object_representations_media_23382_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70401_ca_object_representations_media_23615_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63868_ca_object_representations_media_1171_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4182_ca_object_representations_media_1214_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47376_ca_object_representations_media_11484_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22686_ca_object_representations_media_23627_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42300_ca_object_representations_media_1430_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17229_ca_object_representations_media_1701_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16046_ca_object_representations_media_1737_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12222_ca_object_representations_media_1738_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24142_ca_object_representations_media_1860_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76479_ca_object_representations_media_1984_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78601_ca_object_representations_media_2076_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82886_ca_object_representations_media_12272_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77171_ca_object_representations_media_2216_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35260_ca_object_representations_media_12274_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72952_ca_object_representations_media_2548_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50790_ca_object_representations_media_2550_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83763_ca_object_representations_media_2600_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85497_ca_object_representations_media_2760_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50671_ca_object_representations_media_2766_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5403_ca_object_representations_media_2806_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12789_ca_object_representations_media_2864_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27290_ca_object_representations_media_3430_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61679_ca_object_representations_media_3454_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95044_ca_object_representations_media_3462_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82191_ca_object_representations_media_3573_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3975_ca_object_representations_media_3662_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61737_ca_object_representations_media_3664_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76968_ca_object_representations_media_3665_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31148_ca_object_representations_media_3874_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8721_ca_object_representations_media_3949_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25843_ca_object_representations_media_4042_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_ca_object_representations_media_4089_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26711_ca_object_representations_media_4234_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86818_ca_object_representations_media_4259_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80404_ca_object_representations_media_4280_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22732_ca_object_representations_media_4293_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9963_ca_object_representations_media_4335_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86352_ca_object_representations_media_4340_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88355_ca_object_representations_media_4388_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13042_ca_object_representations_media_4816_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20493_ca_object_representations_media_4817_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88427_ca_object_representations_media_4818_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48747_ca_object_representations_media_4819_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78600_ca_object_representations_media_4820_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73763_ca_object_representations_media_4821_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8843_ca_object_representations_media_4822_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95612_ca_object_representations_media_4823_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52816_ca_object_representations_media_4824_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71068_ca_object_representations_media_4825_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55780_ca_object_representations_media_4826_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33423_ca_object_representations_media_4827_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31796_ca_object_representations_media_4828_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97489_ca_object_representations_media_4829_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49409_ca_object_representations_media_4830_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35277_ca_object_representations_media_4831_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60688_ca_object_representations_media_4832_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51330_ca_object_representations_media_4833_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36033_ca_object_representations_media_4834_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12775_ca_object_representations_media_4835_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31296_ca_object_representations_media_4836_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83519_ca_object_representations_media_4837_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43631_ca_object_representations_media_4838_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97221_ca_object_representations_media_4839_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936_ca_object_representations_media_4840_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58186_ca_object_representations_media_4841_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94021_ca_object_representations_media_4842_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82379_ca_object_representations_media_4843_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38828_ca_object_representations_media_4844_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31850_ca_object_representations_media_4845_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7240_ca_object_representations_media_4846_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56169_ca_object_representations_media_4847_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97442_ca_object_representations_media_4892_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73948_ca_object_representations_media_5181_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77283_ca_object_representations_media_5182_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89574_ca_object_representations_media_5183_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85737_ca_object_representations_media_5184_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71001_ca_object_representations_media_5185_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20824_ca_object_representations_media_5186_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80045_ca_object_representations_media_5187_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33165_ca_object_representations_media_5188_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97672_ca_object_representations_media_5189_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64579_ca_object_representations_media_5190_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98079_ca_object_representations_media_5191_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19878_ca_object_representations_media_5192_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86827_ca_object_representations_media_5193_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73953_ca_object_representations_media_5194_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23733_ca_object_representations_media_5195_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57390_ca_object_representations_media_5196_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65692_ca_object_representations_media_6520_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92973_ca_object_representations_media_7306_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2728_ca_object_representations_media_7307_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76577_ca_object_representations_media_7313_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76678_ca_object_representations_media_7314_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26091_ca_object_representations_media_7318_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60345_ca_object_representations_media_7320_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75222_ca_object_representations_media_7321_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53814_ca_object_representations_media_7322_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6124_ca_object_representations_media_7323_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44562_ca_object_representations_media_7324_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62396_ca_object_representations_media_7327_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54904_ca_object_representations_media_7330_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27819_ca_object_representations_media_7331_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31724_ca_object_representations_media_7343_large120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651_ca_object_representations_media_7345_large121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34364_ca_object_representations_media_7346_large122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21635_ca_object_representations_media_7350_large123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21865_ca_object_representations_media_7351_large124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16327_ca_object_representations_media_7352_large125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32801_ca_object_representations_media_7353_large126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88460_ca_object_representations_media_7354_large127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62873_ca_object_representations_media_7355_large128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91607_ca_object_representations_media_7356_large129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69062_ca_object_representations_media_7357_large130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57875_ca_object_representations_media_7358_large131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84263_ca_object_representations_media_7359_large132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7710_ca_object_representations_media_7361_large133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75779_ca_object_representations_media_7544_large134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5461_ca_object_representations_media_7566_large135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95200_ca_object_representations_media_7568_large136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43375_ca_object_representations_media_7569_large137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9987_ca_object_representations_media_7570_large138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90875_ca_object_representations_media_7580_large139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12671_ca_object_representations_media_7584_large140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52863_ca_object_representations_media_7587_large141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23189_ca_object_representations_media_7598_large142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51222_ca_object_representations_media_7605_large143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5398_ca_object_representations_media_7606_large144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54706_ca_object_representations_media_7612_large145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38869_ca_object_representations_media_7631_large146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7648_ca_object_representations_media_7634_large147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42083_ca_object_representations_media_7694_large148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12616_ca_object_representations_media_7697_large149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75025_ca_object_representations_media_7713_large150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69047_ca_object_representations_media_8545_large151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70737_ca_object_representations_media_8548_large152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5563_ca_object_representations_media_8984_large153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16121_ca_object_representations_media_9096_large154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35884_ca_object_representations_media_27938_large155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77085_ca_object_representations_media_9736_large156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18295_ca_object_representations_media_9941_large157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18270_ca_object_representations_media_9988_large158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8434_ca_object_representations_media_27691_large159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22670_ca_object_representations_media_27695_large160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38587_ca_object_representations_media_27668_large161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31080_ca_object_representations_media_27705_large162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29318_ca_object_representations_media_27630_large163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56182_ca_object_representations_media_27660_large164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71476_ca_object_representations_media_27664_large165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31121_ca_object_representations_media_27677_large166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26859_ca_object_representations_media_27681_large167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2648_ca_object_representations_media_27648_large168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61841_ca_object_representations_media_12843_large169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30781_ca_object_representations_media_20113_large170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97024_ca_object_representations_media_21270_large171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8329_ca_object_representations_media_23432_large172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2698_ca_object_representations_media_23614_large173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90386_ca_object_representations_media_25451_large174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83869_ca_object_representations_media_27707_large175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94019_ca_object_representations_media_27888_large176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53426_ca_object_representations_media_27914_large177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60525_ca_object_representations_media_27917_large178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85778_ca_object_representations_media_28765_large179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44504_ca_object_representations_media_24402_large180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70782_ca_object_representations_media_21039_large181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4282_ca_object_representations_media_21416_large182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97544_ca_object_representations_media_20847_large183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98638_ca_object_representations_media_20917_large184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89014_ca_object_representations_media_21319_large185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26232_ca_object_representations_media_21394_large186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92333_ca_object_representations_media_21392_large187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99052_ca_object_representations_media_21299_large188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22226_ca_object_representations_media_21301_large189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65291_ca_object_representations_media_20975_large190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70935_ca_object_representations_media_20599_large191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20991_ca_object_representations_media_20967_large192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80881_ca_object_representations_media_21099_large193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42629_ca_object_representations_media_21592_large194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72799_ca_object_representations_media_20973_large195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791_ca_object_representations_media_21432_large196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19548_ca_object_representations_media_21420_large197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24470_ca_object_representations_media_20964_large198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2918_ca_object_representations_media_21414_large199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58278_ca_object_representations_media_21321_large200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45410_ca_object_representations_media_20897_large201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17512_ca_object_representations_media_21423_large202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75876_ca_object_representations_media_20961_large203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12034_ca_object_representations_media_20962_large204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20021_ca_object_representations_media_21285_large205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5701_ca_object_representations_media_21063_large206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89331_ca_object_representations_media_22060_large207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73454_ca_object_representations_media_21068_large208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71536_ca_object_representations_media_21072_large209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64196_ca_object_representations_media_21025_large210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51896_ca_object_representations_media_21022_large211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90867_ca_object_representations_media_21023_large212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45847_ca_object_representations_media_21026_large213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22035_ca_object_representations_media_21033_large214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99176_ca_object_representations_media_21032_large215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9826_ca_object_representations_media_21035_large216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39114_ca_object_representations_media_21045_large217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19767_ca_object_representations_media_21061_large218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56422_ca_object_representations_media_21124_large219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22040_ca_object_representations_media_21142_large220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73737_ca_object_representations_media_21130_large221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97699_ca_object_representations_media_21532_large222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52455_ca_object_representations_media_21531_large223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33801_ca_object_representations_media_21521_large224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4286_ca_object_representations_media_21527_large225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8216_ca_object_representations_media_21602_large226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96416_ca_object_representations_media_22062_large227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80750_ca_object_representations_media_28686_large228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7849_ca_object_representations_media_21799_large229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6331_ca_object_representations_media_21797_large230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30632_ca_object_representations_media_21795_large231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62038_ca_object_representations_media_20966_large232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80151_ca_object_representations_media_20958_large233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69318_ca_object_representations_media_20960_large234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64439_ca_object_representations_media_20959_large235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92075_ca_object_representations_media_20956_large236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72318_ca_object_representations_media_20957_large237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34495_ca_object_representations_media_20914_large238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52427_ca_object_representations_media_21817_large239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92353_ca_object_representations_media_21083_large240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54021_ca_object_representations_media_21087_large241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25599_ca_object_representations_media_21408_large242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33359_ca_object_representations_media_21409_large243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75772_ca_object_representations_media_21187_large244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250_ca_object_representations_media_21116_large245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57866_ca_object_representations_media_20915_large246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39186_ca_object_representations_media_20912_large247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2184_ca_object_representations_media_20591_large248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49525_ca_object_representations_media_21115_large249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48448_ca_object_representations_media_21179_large250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96502_ca_object_representations_media_21181_large251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4060_ca_object_representations_media_21586_large252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93490_ca_object_representations_media_20937_large253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52216_ca_object_representations_media_20940_large254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24692_ca_object_representations_media_20939_large255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83234_ca_object_representations_media_20938_large256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32928_ca_object_representations_media_21421_large257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49040_ca_object_representations_media_20955_large258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17176_ca_object_representations_media_24523_large259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94892_ca_object_representations_media_24817_large260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94117_ca_object_representations_media_21419_large261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3456_ca_object_representations_media_21027_large262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83843_ca_object_representations_media_20970_large263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28272_ca_object_representations_media_20965_large264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59624_ca_object_representations_media_21415_large265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19740_ca_object_representations_media_20971_large266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58104_ca_object_representations_media_21417_large267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53541_ca_object_representations_media_21424_large268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27595_ca_object_representations_media_21398_large269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29063_ca_object_representations_media_21410_large270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37216_ca_object_representations_media_21422_large271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8756_ca_object_representations_media_21418_large272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61327_ca_object_representations_media_12649_large273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27120_ca_object_representations_media_21548_large274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39532_ca_object_representations_media_28684_large275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38482_ca_object_representations_media_20969_large276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78399_ca_object_representations_media_20886_large277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69159_ca_object_representations_media_21413_large278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29781_ca_object_representations_media_12560_large279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58493_ca_object_representations_media_12741_large280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96440_ca_object_representations_media_12776_large281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58881_ca_object_representations_media_20022_large282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3054_ca_object_representations_media_20033_large283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424_ca_object_representations_media_20034_large284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30404_ca_object_representations_media_20073_large285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46083_ca_object_representations_media_20459_large286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96430_ca_object_representations_media_20467_large287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89062_ca_object_representations_media_20468_large288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21923_ca_object_representations_media_20469_large289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21554_ca_object_representations_media_20470_large290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37036_ca_object_representations_media_20471_large291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56127_ca_object_representations_media_20514_large292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48227_ca_object_representations_media_20515_large293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99528_ca_object_representations_media_20522_large294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63345_ca_object_representations_media_20947_large295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82413_ca_object_representations_media_21196_large296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2511_ca_object_representations_media_21490_large297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84694_ca_object_representations_media_21678_large298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193_ca_object_representations_media_21687_large299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51428_ca_object_representations_media_21689_large300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52558_ca_object_representations_media_21690_large301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97805_ca_object_representations_media_21720_large302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64619_ca_object_representations_media_21759_large303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83047_ca_object_representations_media_21781_large304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47217_ca_object_representations_media_21859_large305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64325_ca_object_representations_media_21942_large306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55929_ca_object_representations_media_22051_large307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18989_ca_object_representations_media_22398_large308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91217_ca_object_representations_media_22409_large309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5382_ca_object_representations_media_22592_large310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9081_ca_object_representations_media_22727_large311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11614_ca_object_representations_media_23255_large312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88118_ca_object_representations_media_23269_large313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_ca_object_representations_media_23452_large314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96082_ca_object_representations_media_23459_large315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28048_ca_object_representations_media_23941_large316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8656_ca_object_representations_media_23942_large317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93038_ca_object_representations_media_23968_large318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49852_ca_object_representations_media_24223_large319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28928_ca_object_representations_media_25824_large320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17489_ca_object_representations_media_25856_large321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30628_ca_object_representations_media_26002_large322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56635_ca_object_representations_media_26197_large323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34954_ca_object_representations_media_26237_large324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13374_ca_object_representations_media_26290_large325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44290_ca_object_representations_media_26292_large326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52517_ca_object_representations_media_26296_large327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57347_ca_object_representations_media_26307_large328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49329_ca_object_representations_media_26413_large329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20485_ca_object_representations_media_27063_large330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52025_ca_object_representations_media_27067_large331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9607_ca_object_representations_media_27415_large332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30123_ca_object_representations_media_28490_large333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18190_ca_object_representations_media_28710_large334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71230_ca_object_representations_media_28729_large335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67927_ca_object_representations_media_25947_large336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14269_ca_object_representations_media_13639_large337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83910_ca_object_representations_media_14359_large338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79627_ca_object_representations_media_14371_large339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49121_ca_object_representations_media_25513_large340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11722_ca_object_representations_media_25514_large341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84829_ca_object_representations_media_25515_large342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86979_ca_object_representations_media_25516_large343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59967_ca_object_representations_media_26355_large344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44995_ca_object_representations_media_26357_large345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46652_ca_object_representations_media_26359_large346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37206_ca_object_representations_media_26373_large347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29872_ca_object_representations_media_26378_large348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44007_ca_object_representations_media_26384_large349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88500_ca_object_representations_media_26385_large350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13495_ca_object_representations_media_26400_large351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48359_ca_object_representations_media_26401_large352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57859_ca_object_representations_media_26735_large353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74999_ca_object_representations_media_26737_large354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47895_ca_object_representations_media_26738_large355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95838_ca_object_representations_media_26739_large356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57024_ca_object_representations_media_26761_large357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84665_ca_object_representations_media_26760_large358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67090_ca_object_representations_media_26759_large359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73834_ca_object_representations_media_26758_large360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56983_ca_object_representations_media_26770_large361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41147_ca_object_representations_media_26772_large362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50572_ca_object_representations_media_26773_large363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52188_ca_object_representations_media_26774_large364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9856_ca_object_representations_media_26800_large365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34590_ca_object_representations_media_26801_large366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92293_ca_object_representations_media_26802_large367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35376_ca_object_representations_media_26803_large368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92239_ca_object_representations_media_26806_large369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25160_ca_object_representations_media_26807_large370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83518_ca_object_representations_media_26812_large371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21501_ca_object_representations_media_26815_large372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50434_ca_object_representations_media_26816_large373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25894_ca_object_representations_media_26820_large374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89263_ca_object_representations_media_26822_large375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95605_ca_object_representations_media_26823_large376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15223_ca_object_representations_media_26828_large377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95204_ca_object_representations_media_26829_large378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90419_ca_object_representations_media_26830_large379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48061_ca_object_representations_media_26831_large380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85989_ca_object_representations_media_26832_large381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85575_ca_object_representations_media_26834_large382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60270_ca_object_representations_media_26906_large383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24526_ca_object_representations_media_26921_large384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45667_ca_object_representations_media_26922_large385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23541_ca_object_representations_media_26923_large386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35100_ca_object_representations_media_26924_large387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29799_ca_object_representations_media_26925_large388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86495_ca_object_representations_media_26926_large389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56480_ca_object_representations_media_26927_large390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88596_ca_object_representations_media_26928_large391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29484_ca_object_representations_media_26930_large392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43561_ca_object_representations_media_26931_large393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85856_ca_object_representations_media_26932_large394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41570_ca_object_representations_media_26933_large395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42000_ca_object_representations_media_26934_large396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93473_ca_object_representations_media_26937_large397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55987_ca_object_representations_media_26938_large398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11473_ca_object_representations_media_26943_large399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81618_ca_object_representations_media_26944_large400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28555_ca_object_representations_media_26953_large401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3407_ca_object_representations_media_26954_large402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71614_ca_object_representations_media_26955_large403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61545_ca_object_representations_media_26956_large404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70226_ca_object_representations_media_26957_large405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22042_ca_object_representations_media_26958_large406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60846_ca_object_representations_media_26959_large407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65808_ca_object_representations_media_26960_large408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7136_ca_object_representations_media_26961_large409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76793_ca_object_representations_media_26971_large410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28252_ca_object_representations_media_26974_large411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97926_ca_object_representations_media_26975_large412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67375_ca_object_representations_media_26976_large413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73586_ca_object_representations_media_26977_large414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72545_ca_object_representations_media_26978_large415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3828_ca_object_representations_media_26979_large416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51894_ca_object_representations_media_26980_large417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77179_ca_object_representations_media_26981_large418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83693_ca_object_representations_media_26982_large419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29912_ca_object_representations_media_26983_large420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96922_ca_object_representations_media_26985_large421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86806_ca_object_representations_media_27170_large422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95750_ca_object_representations_media_27171_large423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73757_ca_object_representations_media_27172_large424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55395_ca_object_representations_media_27173_large425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41818_ca_object_representations_media_27174_large426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61794_ca_object_representations_media_27175_large427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14713_ca_object_representations_media_27177_large428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84624_ca_object_representations_media_27594_large429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53780_ca_object_representations_media_28332_large430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34087_ca_object_representations_media_28333_large431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95574_ca_object_representations_media_28334_large432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24613_ca_object_representations_media_28335_large433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26631_ca_object_representations_media_28336_large434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28887_ca_object_representations_media_28380_large435.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8696325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4215,12390 +4245,12750 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="8458200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="6677025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="imageA13" descr="imageA13"/>
-[...23 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6677025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="imageA14" descr="imageA14"/>
-[...23 lines deleted...]
-      <xdr:row>14</xdr:row>
+        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="imageA15" descr="imageA15"/>
-[...23 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="imageA16" descr="imageA16"/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9486900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="imageA17" descr="imageA17"/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="17" name="imageA18" descr="imageA18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10115550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="imageA19" descr="imageA19"/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="18" name="imageA20" descr="imageA20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8629650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="imageA20" descr="imageA20"/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="19" name="imageA21" descr="imageA21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8448675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="imageA21" descr="imageA21"/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="20" name="imageA22" descr="imageA22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5276850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="imageA22" descr="imageA22"/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="21" name="imageA23" descr="imageA23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5257800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="imageA23" descr="imageA23"/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="22" name="imageA24" descr="imageA24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9410700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="imageA24" descr="imageA24"/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="23" name="imageA25" descr="imageA25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10648950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="imageA25" descr="imageA25"/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="24" name="imageA26" descr="imageA26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10534650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="imageA26" descr="imageA26"/>
-[...23 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="25" name="imageA27" descr="imageA27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9410700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="imageA27" descr="imageA27"/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="26" name="imageA28" descr="imageA28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10934700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="imageA28" descr="imageA28"/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="27" name="imageA29" descr="imageA29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5038725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="imageA29" descr="imageA29"/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="28" name="imageA30" descr="imageA30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4705350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="imageA30" descr="imageA30"/>
-[...23 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="29" name="imageA31" descr="imageA31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10001250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="imageA31" descr="imageA31"/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="30" name="imageA32" descr="imageA32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4752975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="imageA32" descr="imageA32"/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="31" name="imageA33" descr="imageA33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6657975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="imageA33" descr="imageA33"/>
-[...23 lines deleted...]
-      <xdr:row>33</xdr:row>
+        <xdr:cNvPr id="32" name="imageA34" descr="imageA34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6896100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="imageA34" descr="imageA34"/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="33" name="imageA35" descr="imageA35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6734175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="imageA35" descr="imageA35"/>
-[...23 lines deleted...]
-      <xdr:row>35</xdr:row>
+        <xdr:cNvPr id="34" name="imageA36" descr="imageA36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10953750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="imageA36" descr="imageA36"/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="35" name="imageA37" descr="imageA37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9744075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="imageA37" descr="imageA37"/>
-[...23 lines deleted...]
-      <xdr:row>37</xdr:row>
+        <xdr:cNvPr id="36" name="imageA38" descr="imageA38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5353050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="imageA38" descr="imageA38"/>
-[...23 lines deleted...]
-      <xdr:row>38</xdr:row>
+        <xdr:cNvPr id="37" name="imageA39" descr="imageA39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8477250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="imageA39" descr="imageA39"/>
-[...23 lines deleted...]
-      <xdr:row>39</xdr:row>
+        <xdr:cNvPr id="38" name="imageA40" descr="imageA40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9439275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="imageA41" descr="imageA41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9153525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="imageA40" descr="imageA40"/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="40" name="imageA42" descr="imageA42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9353550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="imageA43" descr="imageA43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9134475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="imageA41" descr="imageA41"/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="42" name="imageA44" descr="imageA44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9429750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="imageA42" descr="imageA42"/>
-[...23 lines deleted...]
-      <xdr:row>42</xdr:row>
+        <xdr:cNvPr id="43" name="imageA45" descr="imageA45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9382125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="imageA46" descr="imageA46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9534525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="imageA47" descr="imageA47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9972675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="imageA43" descr="imageA43"/>
-[...23 lines deleted...]
-      <xdr:row>43</xdr:row>
+        <xdr:cNvPr id="46" name="imageA48" descr="imageA48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9620250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="imageA44" descr="imageA44"/>
-[...23 lines deleted...]
-      <xdr:row>44</xdr:row>
+        <xdr:cNvPr id="47" name="imageA49" descr="imageA49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9324975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="imageA45" descr="imageA45"/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="48" name="imageA50" descr="imageA50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10172700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="imageA46" descr="imageA46"/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="49" name="imageA51" descr="imageA51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9353550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="imageA47" descr="imageA47"/>
-[...23 lines deleted...]
-      <xdr:row>47</xdr:row>
+        <xdr:cNvPr id="50" name="imageA52" descr="imageA52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9315450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="imageA48" descr="imageA48"/>
-[...23 lines deleted...]
-      <xdr:row>48</xdr:row>
+        <xdr:cNvPr id="51" name="imageA53" descr="imageA53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9324975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="imageA49" descr="imageA49"/>
-[...23 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="52" name="imageA54" descr="imageA54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4295775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="imageA50" descr="imageA50"/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="53" name="imageA55" descr="imageA55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9315450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="imageA51" descr="imageA51"/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="54" name="imageA56" descr="imageA56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9267825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="imageA52" descr="imageA52"/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="55" name="imageA57" descr="imageA57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="13115925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="imageA53" descr="imageA53"/>
-[...23 lines deleted...]
-      <xdr:row>53</xdr:row>
+        <xdr:cNvPr id="56" name="imageA58" descr="imageA58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10287000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="imageA54" descr="imageA54"/>
-[...23 lines deleted...]
-      <xdr:row>54</xdr:row>
+        <xdr:cNvPr id="57" name="imageA59" descr="imageA59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10448925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="imageA55" descr="imageA55"/>
-[...23 lines deleted...]
-      <xdr:row>55</xdr:row>
+        <xdr:cNvPr id="58" name="imageA60" descr="imageA60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10163175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="imageA56" descr="imageA56"/>
-[...23 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="59" name="imageA61" descr="imageA61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10467975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="imageA57" descr="imageA57"/>
-[...23 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="60" name="imageA62" descr="imageA62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10334625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="imageA58" descr="imageA58"/>
-[...23 lines deleted...]
-      <xdr:row>58</xdr:row>
+        <xdr:cNvPr id="61" name="imageA63" descr="imageA63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10429875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="imageA59" descr="imageA59"/>
-[...23 lines deleted...]
-      <xdr:row>59</xdr:row>
+        <xdr:cNvPr id="62" name="imageA64" descr="imageA64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10448925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="imageA60" descr="imageA60"/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="63" name="imageA65" descr="imageA65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10420350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="imageA61" descr="imageA61"/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="64" name="imageA66" descr="imageA66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10582275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="imageA62" descr="imageA62"/>
-[...23 lines deleted...]
-      <xdr:row>62</xdr:row>
+        <xdr:cNvPr id="65" name="imageA67" descr="imageA67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10344150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="imageA63" descr="imageA63"/>
-[...23 lines deleted...]
-      <xdr:row>63</xdr:row>
+        <xdr:cNvPr id="66" name="imageA68" descr="imageA68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10391775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="imageA64" descr="imageA64"/>
-[...23 lines deleted...]
-      <xdr:row>64</xdr:row>
+        <xdr:cNvPr id="67" name="imageA69" descr="imageA69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10467975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="imageA65" descr="imageA65"/>
-[...23 lines deleted...]
-      <xdr:row>65</xdr:row>
+        <xdr:cNvPr id="68" name="imageA70" descr="imageA70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10372725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="imageA66" descr="imageA66"/>
-[...23 lines deleted...]
-      <xdr:row>66</xdr:row>
+        <xdr:cNvPr id="69" name="imageA71" descr="imageA71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10077450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="imageA67" descr="imageA67"/>
-[...23 lines deleted...]
-      <xdr:row>67</xdr:row>
+        <xdr:cNvPr id="70" name="imageA72" descr="imageA72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10296525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="imageA68" descr="imageA68"/>
-[...23 lines deleted...]
-      <xdr:row>68</xdr:row>
+        <xdr:cNvPr id="71" name="imageA73" descr="imageA73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10344150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="imageA69" descr="imageA69"/>
-[...23 lines deleted...]
-      <xdr:row>69</xdr:row>
+        <xdr:cNvPr id="72" name="imageA74" descr="imageA74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10448925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="imageA70" descr="imageA70"/>
-[...23 lines deleted...]
-      <xdr:row>70</xdr:row>
+        <xdr:cNvPr id="73" name="imageA75" descr="imageA75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10153650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="imageA71" descr="imageA71"/>
-[...23 lines deleted...]
-      <xdr:row>71</xdr:row>
+        <xdr:cNvPr id="74" name="imageA76" descr="imageA76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10363200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="imageA72" descr="imageA72"/>
-[...23 lines deleted...]
-      <xdr:row>72</xdr:row>
+        <xdr:cNvPr id="75" name="imageA77" descr="imageA77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10496550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="imageA73" descr="imageA73"/>
-[...23 lines deleted...]
-      <xdr:row>73</xdr:row>
+        <xdr:cNvPr id="76" name="imageA78" descr="imageA78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4838700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="imageA74" descr="imageA74"/>
-[...23 lines deleted...]
-      <xdr:row>74</xdr:row>
+        <xdr:cNvPr id="77" name="imageA79" descr="imageA79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4905375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="imageA75" descr="imageA75"/>
-[...23 lines deleted...]
-      <xdr:row>75</xdr:row>
+        <xdr:cNvPr id="78" name="imageA80" descr="imageA80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4857750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="imageA76" descr="imageA76"/>
-[...23 lines deleted...]
-      <xdr:row>76</xdr:row>
+        <xdr:cNvPr id="79" name="imageA81" descr="imageA81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4905375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="imageA77" descr="imageA77"/>
-[...23 lines deleted...]
-      <xdr:row>77</xdr:row>
+        <xdr:cNvPr id="80" name="imageA82" descr="imageA82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4924425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="imageA78" descr="imageA78"/>
-[...23 lines deleted...]
-      <xdr:row>78</xdr:row>
+        <xdr:cNvPr id="81" name="imageA83" descr="imageA83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4924425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="imageA79" descr="imageA79"/>
-[...23 lines deleted...]
-      <xdr:row>79</xdr:row>
+        <xdr:cNvPr id="82" name="imageA84" descr="imageA84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4933950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="imageA80" descr="imageA80"/>
-[...23 lines deleted...]
-      <xdr:row>80</xdr:row>
+        <xdr:cNvPr id="83" name="imageA85" descr="imageA85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4943475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="imageA81" descr="imageA81"/>
-[...23 lines deleted...]
-      <xdr:row>81</xdr:row>
+        <xdr:cNvPr id="84" name="imageA86" descr="imageA86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4857750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="imageA82" descr="imageA82"/>
-[...23 lines deleted...]
-      <xdr:row>82</xdr:row>
+        <xdr:cNvPr id="85" name="imageA87" descr="imageA87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4838700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="imageA83" descr="imageA83"/>
-[...23 lines deleted...]
-      <xdr:row>83</xdr:row>
+        <xdr:cNvPr id="86" name="imageA88" descr="imageA88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4857750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="imageA84" descr="imageA84"/>
-[...23 lines deleted...]
-      <xdr:row>84</xdr:row>
+        <xdr:cNvPr id="87" name="imageA89" descr="imageA89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4905375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="imageA85" descr="imageA85"/>
-[...23 lines deleted...]
-      <xdr:row>85</xdr:row>
+        <xdr:cNvPr id="88" name="imageA90" descr="imageA90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5219700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="imageA86" descr="imageA86"/>
-[...23 lines deleted...]
-      <xdr:row>86</xdr:row>
+        <xdr:cNvPr id="89" name="imageA91" descr="imageA91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11258550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="imageA87" descr="imageA87"/>
-[...23 lines deleted...]
-      <xdr:row>87</xdr:row>
+        <xdr:cNvPr id="90" name="imageA92" descr="imageA92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10677525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="imageA88" descr="imageA88"/>
-[...23 lines deleted...]
-      <xdr:row>88</xdr:row>
+        <xdr:cNvPr id="91" name="imageA93" descr="imageA93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10629900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="imageA89" descr="imageA89"/>
-[...23 lines deleted...]
-      <xdr:row>89</xdr:row>
+        <xdr:cNvPr id="92" name="imageA94" descr="imageA94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10763250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="imageA90" descr="imageA90"/>
-[...23 lines deleted...]
-      <xdr:row>90</xdr:row>
+        <xdr:cNvPr id="93" name="imageA95" descr="imageA95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4343400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="imageA91" descr="imageA91"/>
-[...23 lines deleted...]
-      <xdr:row>91</xdr:row>
+        <xdr:cNvPr id="94" name="imageA96" descr="imageA96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="imageA92" descr="imageA92"/>
-[...23 lines deleted...]
-      <xdr:row>92</xdr:row>
+        <xdr:cNvPr id="95" name="imageA97" descr="imageA97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4286250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="imageA93" descr="imageA93"/>
-[...23 lines deleted...]
-      <xdr:row>93</xdr:row>
+        <xdr:cNvPr id="96" name="imageA98" descr="imageA98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4391025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="imageA94" descr="imageA94"/>
-[...23 lines deleted...]
-      <xdr:row>94</xdr:row>
+        <xdr:cNvPr id="97" name="imageA99" descr="imageA99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10420350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="imageA95" descr="imageA95"/>
-[...23 lines deleted...]
-      <xdr:row>95</xdr:row>
+        <xdr:cNvPr id="98" name="imageA100" descr="imageA100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10591800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="imageA96" descr="imageA96"/>
-[...23 lines deleted...]
-      <xdr:row>96</xdr:row>
+        <xdr:cNvPr id="99" name="imageA101" descr="imageA101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4295775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="imageA97" descr="imageA97"/>
-[...23 lines deleted...]
-      <xdr:row>97</xdr:row>
+        <xdr:cNvPr id="100" name="imageA102" descr="imageA102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10420350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="imageA98" descr="imageA98"/>
-[...23 lines deleted...]
-      <xdr:row>98</xdr:row>
+        <xdr:cNvPr id="101" name="imageA103" descr="imageA103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10601325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="imageA99" descr="imageA99"/>
-[...23 lines deleted...]
-      <xdr:row>99</xdr:row>
+        <xdr:cNvPr id="102" name="imageA104" descr="imageA104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10782300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="imageA100" descr="imageA100"/>
-[...23 lines deleted...]
-      <xdr:row>100</xdr:row>
+        <xdr:cNvPr id="103" name="imageA105" descr="imageA105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10096500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="imageA101" descr="imageA101"/>
-[...23 lines deleted...]
-      <xdr:row>101</xdr:row>
+        <xdr:cNvPr id="104" name="imageA106" descr="imageA106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="imageA102" descr="imageA102"/>
-[...23 lines deleted...]
-      <xdr:row>102</xdr:row>
+        <xdr:cNvPr id="105" name="imageA107" descr="imageA107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4333875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="imageA103" descr="imageA103"/>
-[...23 lines deleted...]
-      <xdr:row>103</xdr:row>
+        <xdr:cNvPr id="106" name="imageA108" descr="imageA108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11125200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="imageA104" descr="imageA104"/>
-[...23 lines deleted...]
-      <xdr:row>104</xdr:row>
+        <xdr:cNvPr id="107" name="imageA109" descr="imageA109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11096625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="imageA105" descr="imageA105"/>
-[...23 lines deleted...]
-      <xdr:row>105</xdr:row>
+        <xdr:cNvPr id="108" name="imageA110" descr="imageA110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11125200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="imageA106" descr="imageA106"/>
-[...23 lines deleted...]
-      <xdr:row>106</xdr:row>
+        <xdr:cNvPr id="109" name="imageA111" descr="imageA111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11249025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="imageA107" descr="imageA107"/>
-[...23 lines deleted...]
-      <xdr:row>107</xdr:row>
+        <xdr:cNvPr id="110" name="imageA112" descr="imageA112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="imageA108" descr="imageA108"/>
-[...23 lines deleted...]
-      <xdr:row>108</xdr:row>
+        <xdr:cNvPr id="111" name="imageA113" descr="imageA113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4200525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="imageA109" descr="imageA109"/>
-[...23 lines deleted...]
-      <xdr:row>109</xdr:row>
+        <xdr:cNvPr id="112" name="imageA114" descr="imageA114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10572750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="imageA110" descr="imageA110"/>
-[...23 lines deleted...]
-      <xdr:row>110</xdr:row>
+        <xdr:cNvPr id="113" name="imageA115" descr="imageA115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4257675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="imageA111" descr="imageA111"/>
-[...23 lines deleted...]
-      <xdr:row>111</xdr:row>
+        <xdr:cNvPr id="114" name="imageA116" descr="imageA116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10858500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="imageA112" descr="imageA112"/>
-[...23 lines deleted...]
-      <xdr:row>112</xdr:row>
+        <xdr:cNvPr id="115" name="imageA117" descr="imageA117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4295775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="imageA113" descr="imageA113"/>
-[...23 lines deleted...]
-      <xdr:row>113</xdr:row>
+        <xdr:cNvPr id="116" name="imageA118" descr="imageA118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11029950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="imageA114" descr="imageA114"/>
-[...23 lines deleted...]
-      <xdr:row>114</xdr:row>
+        <xdr:cNvPr id="117" name="imageA119" descr="imageA119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4371975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="imageA115" descr="imageA115"/>
-[...23 lines deleted...]
-      <xdr:row>115</xdr:row>
+        <xdr:cNvPr id="118" name="imageA120" descr="imageA120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11001375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="imageA116" descr="imageA116"/>
-[...23 lines deleted...]
-      <xdr:row>116</xdr:row>
+        <xdr:cNvPr id="119" name="imageA121" descr="imageA121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10582275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="imageA117" descr="imageA117"/>
-[...23 lines deleted...]
-      <xdr:row>117</xdr:row>
+        <xdr:cNvPr id="120" name="imageA122" descr="imageA122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10753725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="imageA118" descr="imageA118"/>
-[...23 lines deleted...]
-      <xdr:row>118</xdr:row>
+        <xdr:cNvPr id="121" name="imageA123" descr="imageA123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="imageA119" descr="imageA119"/>
-[...23 lines deleted...]
-      <xdr:row>119</xdr:row>
+        <xdr:cNvPr id="122" name="imageA124" descr="imageA124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4238625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="imageA120" descr="imageA120"/>
-[...23 lines deleted...]
-      <xdr:row>120</xdr:row>
+        <xdr:cNvPr id="123" name="imageA125" descr="imageA125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4133850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="imageA121" descr="imageA121"/>
-[...23 lines deleted...]
-      <xdr:row>121</xdr:row>
+        <xdr:cNvPr id="124" name="imageA126" descr="imageA126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4219575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="imageA122" descr="imageA122"/>
-[...23 lines deleted...]
-      <xdr:row>122</xdr:row>
+        <xdr:cNvPr id="125" name="imageA127" descr="imageA127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5391150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="imageA123" descr="imageA123"/>
-[...23 lines deleted...]
-      <xdr:row>123</xdr:row>
+        <xdr:cNvPr id="126" name="imageA128" descr="imageA128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9153525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="imageA124" descr="imageA124"/>
-[...23 lines deleted...]
-      <xdr:row>124</xdr:row>
+        <xdr:cNvPr id="127" name="imageA129" descr="imageA129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5153025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="imageA125" descr="imageA125"/>
-[...23 lines deleted...]
-      <xdr:row>125</xdr:row>
+        <xdr:cNvPr id="128" name="imageA130" descr="imageA130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4600575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="imageA126" descr="imageA126"/>
-[...23 lines deleted...]
-      <xdr:row>126</xdr:row>
+        <xdr:cNvPr id="129" name="imageA131" descr="imageA131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5591175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="imageA127" descr="imageA127"/>
-[...23 lines deleted...]
-      <xdr:row>127</xdr:row>
+        <xdr:cNvPr id="130" name="imageA132" descr="imageA132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8296275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="imageA128" descr="imageA128"/>
-[...23 lines deleted...]
-      <xdr:row>128</xdr:row>
+        <xdr:cNvPr id="131" name="imageA133" descr="imageA133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9296400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="imageA129" descr="imageA129"/>
-[...23 lines deleted...]
-      <xdr:row>129</xdr:row>
+        <xdr:cNvPr id="132" name="imageA134" descr="imageA134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6334125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="imageA130" descr="imageA130"/>
-[...23 lines deleted...]
-      <xdr:row>130</xdr:row>
+        <xdr:cNvPr id="133" name="imageA135" descr="imageA135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4286250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="imageA131" descr="imageA131"/>
-[...23 lines deleted...]
-      <xdr:row>131</xdr:row>
+        <xdr:cNvPr id="134" name="imageA136" descr="imageA136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4543425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="imageA132" descr="imageA132"/>
-[...23 lines deleted...]
-      <xdr:row>132</xdr:row>
+        <xdr:cNvPr id="135" name="imageA137" descr="imageA137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10248900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="imageA133" descr="imageA133"/>
-[...23 lines deleted...]
-      <xdr:row>133</xdr:row>
+        <xdr:cNvPr id="136" name="imageA138" descr="imageA138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4286250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="imageA134" descr="imageA134"/>
-[...23 lines deleted...]
-      <xdr:row>134</xdr:row>
+        <xdr:cNvPr id="137" name="imageA139" descr="imageA139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4257675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="imageA135" descr="imageA135"/>
-[...23 lines deleted...]
-      <xdr:row>135</xdr:row>
+        <xdr:cNvPr id="138" name="imageA140" descr="imageA140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4305300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="imageA136" descr="imageA136"/>
-[...23 lines deleted...]
-      <xdr:row>136</xdr:row>
+        <xdr:cNvPr id="139" name="imageA141" descr="imageA141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4095750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="imageA137" descr="imageA137"/>
-[...23 lines deleted...]
-      <xdr:row>137</xdr:row>
+        <xdr:cNvPr id="140" name="imageA142" descr="imageA142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10239375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="imageA138" descr="imageA138"/>
-[...23 lines deleted...]
-      <xdr:row>138</xdr:row>
+        <xdr:cNvPr id="141" name="imageA143" descr="imageA143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4352925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="imageA139" descr="imageA139"/>
-[...23 lines deleted...]
-      <xdr:row>139</xdr:row>
+        <xdr:cNvPr id="142" name="imageA144" descr="imageA144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4305300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="imageA140" descr="imageA140"/>
-[...23 lines deleted...]
-      <xdr:row>140</xdr:row>
+        <xdr:cNvPr id="143" name="imageA145" descr="imageA145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="imageA141" descr="imageA141"/>
-[...23 lines deleted...]
-      <xdr:row>141</xdr:row>
+        <xdr:cNvPr id="144" name="imageA146" descr="imageA146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10229850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="imageA142" descr="imageA142"/>
-[...23 lines deleted...]
-      <xdr:row>142</xdr:row>
+        <xdr:cNvPr id="145" name="imageA147" descr="imageA147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10525125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="imageA143" descr="imageA143"/>
-[...23 lines deleted...]
-      <xdr:row>143</xdr:row>
+        <xdr:cNvPr id="146" name="imageA148" descr="imageA148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5086350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="imageA144" descr="imageA144"/>
-[...23 lines deleted...]
-      <xdr:row>144</xdr:row>
+        <xdr:cNvPr id="147" name="imageA149" descr="imageA149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4638675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="imageA145" descr="imageA145"/>
-[...23 lines deleted...]
-      <xdr:row>145</xdr:row>
+        <xdr:cNvPr id="148" name="imageA150" descr="imageA150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4467225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="imageA146" descr="imageA146"/>
-[...23 lines deleted...]
-      <xdr:row>146</xdr:row>
+        <xdr:cNvPr id="149" name="imageA151" descr="imageA151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4667250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="imageA147" descr="imageA147"/>
-[...23 lines deleted...]
-      <xdr:row>147</xdr:row>
+        <xdr:cNvPr id="150" name="imageA152" descr="imageA152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9496425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="imageA148" descr="imageA148"/>
-[...23 lines deleted...]
-      <xdr:row>148</xdr:row>
+        <xdr:cNvPr id="151" name="imageA153" descr="imageA153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9420225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="imageA149" descr="imageA149"/>
-[...23 lines deleted...]
-      <xdr:row>149</xdr:row>
+        <xdr:cNvPr id="152" name="imageA154" descr="imageA154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5219700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="imageA150" descr="imageA150"/>
-[...23 lines deleted...]
-      <xdr:row>150</xdr:row>
+        <xdr:cNvPr id="153" name="imageA155" descr="imageA155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>155</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="3228975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="imageA151" descr="imageA151"/>
-[...23 lines deleted...]
-      <xdr:row>151</xdr:row>
+        <xdr:cNvPr id="154" name="imageA156" descr="imageA156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5362575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="imageA152" descr="imageA152"/>
-[...23 lines deleted...]
-      <xdr:row>152</xdr:row>
+        <xdr:cNvPr id="155" name="imageA157" descr="imageA157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5448300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="imageA153" descr="imageA153"/>
-[...23 lines deleted...]
-      <xdr:row>153</xdr:row>
+        <xdr:cNvPr id="156" name="imageA158" descr="imageA158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8829675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="imageA154" descr="imageA154"/>
-[...23 lines deleted...]
-      <xdr:row>154</xdr:row>
+        <xdr:cNvPr id="157" name="imageA159" descr="imageA159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10744200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="imageA155" descr="imageA155"/>
-[...23 lines deleted...]
-      <xdr:row>155</xdr:row>
+        <xdr:cNvPr id="158" name="imageA160" descr="imageA160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6696075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="imageA156" descr="imageA156"/>
-[...23 lines deleted...]
-      <xdr:row>156</xdr:row>
+        <xdr:cNvPr id="159" name="imageA161" descr="imageA161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6667500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="imageA157" descr="imageA157"/>
-[...23 lines deleted...]
-      <xdr:row>157</xdr:row>
+        <xdr:cNvPr id="160" name="imageA162" descr="imageA162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6867525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="imageA158" descr="imageA158"/>
-[...23 lines deleted...]
-      <xdr:row>158</xdr:row>
+        <xdr:cNvPr id="161" name="imageA163" descr="imageA163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6600825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="imageA159" descr="imageA159"/>
-[...23 lines deleted...]
-      <xdr:row>159</xdr:row>
+        <xdr:cNvPr id="162" name="imageA164" descr="imageA164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6858000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="imageA160" descr="imageA160"/>
-[...23 lines deleted...]
-      <xdr:row>160</xdr:row>
+        <xdr:cNvPr id="163" name="imageA165" descr="imageA165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>165</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6886575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="imageA161" descr="imageA161"/>
-[...23 lines deleted...]
-      <xdr:row>161</xdr:row>
+        <xdr:cNvPr id="164" name="imageA166" descr="imageA166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6962775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="imageA162" descr="imageA162"/>
-[...23 lines deleted...]
-      <xdr:row>162</xdr:row>
+        <xdr:cNvPr id="165" name="imageA167" descr="imageA167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6600825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="imageA163" descr="imageA163"/>
-[...23 lines deleted...]
-      <xdr:row>163</xdr:row>
+        <xdr:cNvPr id="166" name="imageA168" descr="imageA168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6791325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="imageA164" descr="imageA164"/>
-[...23 lines deleted...]
-      <xdr:row>164</xdr:row>
+        <xdr:cNvPr id="167" name="imageA169" descr="imageA169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6724650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="imageA165" descr="imageA165"/>
-[...23 lines deleted...]
-      <xdr:row>170</xdr:row>
+        <xdr:cNvPr id="168" name="imageA170" descr="imageA170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4914900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="imageA171" descr="imageA171"/>
-[...23 lines deleted...]
-      <xdr:row>171</xdr:row>
+        <xdr:cNvPr id="169" name="imageA176" descr="imageA176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="imageA177" descr="imageA177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4772025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="imageA172" descr="imageA172"/>
-[...23 lines deleted...]
-      <xdr:row>172</xdr:row>
+        <xdr:cNvPr id="171" name="imageA178" descr="imageA178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8362950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="imageA173" descr="imageA173"/>
-[...23 lines deleted...]
-      <xdr:row>173</xdr:row>
+        <xdr:cNvPr id="172" name="imageA179" descr="imageA179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="imageA174" descr="imageA174"/>
-[...23 lines deleted...]
-      <xdr:row>174</xdr:row>
+        <xdr:cNvPr id="173" name="imageA180" descr="imageA180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10210800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="imageA175" descr="imageA175"/>
-[...23 lines deleted...]
-      <xdr:row>175</xdr:row>
+        <xdr:cNvPr id="174" name="imageA181" descr="imageA181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5810250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="imageA176" descr="imageA176"/>
-[...23 lines deleted...]
-      <xdr:row>176</xdr:row>
+        <xdr:cNvPr id="175" name="imageA182" descr="imageA182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9239250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="imageA177" descr="imageA177"/>
-[...23 lines deleted...]
-      <xdr:row>177</xdr:row>
+        <xdr:cNvPr id="176" name="imageA183" descr="imageA183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9629775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="imageA178" descr="imageA178"/>
-[...23 lines deleted...]
-      <xdr:row>178</xdr:row>
+        <xdr:cNvPr id="177" name="imageA184" descr="imageA184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10115550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="imageA179" descr="imageA179"/>
-[...23 lines deleted...]
-      <xdr:row>338</xdr:row>
+        <xdr:cNvPr id="178" name="imageA185" descr="imageA185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10344150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="imageA186" descr="imageA186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10391775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="imageA339" descr="imageA339"/>
-[...23 lines deleted...]
-      <xdr:row>344</xdr:row>
+        <xdr:cNvPr id="180" name="imageA346" descr="imageA346"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>351</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9144000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="imageA345" descr="imageA345"/>
-[...23 lines deleted...]
-      <xdr:row>345</xdr:row>
+        <xdr:cNvPr id="181" name="imageA352" descr="imageA352"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>352</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9391650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="imageA346" descr="imageA346"/>
-[...23 lines deleted...]
-      <xdr:row>347</xdr:row>
+        <xdr:cNvPr id="182" name="imageA353" descr="imageA353"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>354</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9296400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="imageA348" descr="imageA348"/>
-[...23 lines deleted...]
-      <xdr:row>391</xdr:row>
+        <xdr:cNvPr id="183" name="imageA355" descr="imageA355"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>398</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6067425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="imageA392" descr="imageA392"/>
-[...23 lines deleted...]
-      <xdr:row>432</xdr:row>
+        <xdr:cNvPr id="184" name="imageA399" descr="imageA399"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>439</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11601450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="imageA433" descr="imageA433"/>
-[...23 lines deleted...]
-      <xdr:row>441</xdr:row>
+        <xdr:cNvPr id="185" name="imageA440" descr="imageA440"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>448</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="12734925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="imageA442" descr="imageA442"/>
-[...23 lines deleted...]
-      <xdr:row>453</xdr:row>
+        <xdr:cNvPr id="186" name="imageA449" descr="imageA449"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>460</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8972550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="imageA454" descr="imageA454"/>
-[...23 lines deleted...]
-      <xdr:row>454</xdr:row>
+        <xdr:cNvPr id="187" name="imageA461" descr="imageA461"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>461</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9382125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="imageA455" descr="imageA455"/>
-[...23 lines deleted...]
-      <xdr:row>456</xdr:row>
+        <xdr:cNvPr id="188" name="imageA462" descr="imageA462"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>463</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9696450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="imageA457" descr="imageA457"/>
-[...23 lines deleted...]
-      <xdr:row>470</xdr:row>
+        <xdr:cNvPr id="189" name="imageA464" descr="imageA464"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>477</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6943725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="imageA471" descr="imageA471"/>
-[...23 lines deleted...]
-      <xdr:row>483</xdr:row>
+        <xdr:cNvPr id="190" name="imageA478" descr="imageA478"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>490</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6238875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="imageA484" descr="imageA484"/>
-[...23 lines deleted...]
-      <xdr:row>487</xdr:row>
+        <xdr:cNvPr id="191" name="imageA491" descr="imageA491"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>494</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9505950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="imageA488" descr="imageA488"/>
-[...23 lines deleted...]
-      <xdr:row>490</xdr:row>
+        <xdr:cNvPr id="192" name="imageA495" descr="imageA495"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>497</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="imageA491" descr="imageA491"/>
-[...23 lines deleted...]
-      <xdr:row>495</xdr:row>
+        <xdr:cNvPr id="193" name="imageA498" descr="imageA498"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>502</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6562725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="imageA496" descr="imageA496"/>
-[...23 lines deleted...]
-      <xdr:row>508</xdr:row>
+        <xdr:cNvPr id="194" name="imageA503" descr="imageA503"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>515</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9477375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="imageA509" descr="imageA509"/>
-[...23 lines deleted...]
-      <xdr:row>515</xdr:row>
+        <xdr:cNvPr id="195" name="imageA516" descr="imageA516"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>522</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9525000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="imageA516" descr="imageA516"/>
-[...23 lines deleted...]
-      <xdr:row>516</xdr:row>
+        <xdr:cNvPr id="196" name="imageA523" descr="imageA523"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>523</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9258300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="imageA517" descr="imageA517"/>
-[...23 lines deleted...]
-      <xdr:row>520</xdr:row>
+        <xdr:cNvPr id="197" name="imageA524" descr="imageA524"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>527</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9420225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="imageA521" descr="imageA521"/>
-[...23 lines deleted...]
-      <xdr:row>523</xdr:row>
+        <xdr:cNvPr id="198" name="imageA528" descr="imageA528"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>530</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8801100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="imageA524" descr="imageA524"/>
-[...23 lines deleted...]
-      <xdr:row>581</xdr:row>
+        <xdr:cNvPr id="199" name="imageA531" descr="imageA531"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>588</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9239250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="imageA582" descr="imageA582"/>
-[...23 lines deleted...]
-      <xdr:row>586</xdr:row>
+        <xdr:cNvPr id="200" name="imageA589" descr="imageA589"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>593</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8934450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="imageA587" descr="imageA587"/>
-[...23 lines deleted...]
-      <xdr:row>587</xdr:row>
+        <xdr:cNvPr id="201" name="imageA594" descr="imageA594"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>594</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11249025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="imageA588" descr="imageA588"/>
-[...23 lines deleted...]
-      <xdr:row>592</xdr:row>
+        <xdr:cNvPr id="202" name="imageA595" descr="imageA595"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>599</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8677275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="imageA593" descr="imageA593"/>
-[...23 lines deleted...]
-      <xdr:row>593</xdr:row>
+        <xdr:cNvPr id="203" name="imageA600" descr="imageA600"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>600</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8620125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="imageA594" descr="imageA594"/>
-[...23 lines deleted...]
-      <xdr:row>598</xdr:row>
+        <xdr:cNvPr id="204" name="imageA601" descr="imageA601"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>605</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8543925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="imageA599" descr="imageA599"/>
-[...23 lines deleted...]
-      <xdr:row>599</xdr:row>
+        <xdr:cNvPr id="205" name="imageA606" descr="imageA606"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>606</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9163050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="imageA600" descr="imageA600"/>
-[...23 lines deleted...]
-      <xdr:row>603</xdr:row>
+        <xdr:cNvPr id="206" name="imageA607" descr="imageA607"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>610</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6819900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="imageA604" descr="imageA604"/>
-[...23 lines deleted...]
-      <xdr:row>604</xdr:row>
+        <xdr:cNvPr id="207" name="imageA611" descr="imageA611"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>611</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8486775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="imageA605" descr="imageA605"/>
-[...23 lines deleted...]
-      <xdr:row>609</xdr:row>
+        <xdr:cNvPr id="208" name="imageA612" descr="imageA612"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>616</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9505950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="imageA610" descr="imageA610"/>
-[...23 lines deleted...]
-      <xdr:row>640</xdr:row>
+        <xdr:cNvPr id="209" name="imageA617" descr="imageA617"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>647</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10172700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="imageA641" descr="imageA641"/>
-[...23 lines deleted...]
-      <xdr:row>641</xdr:row>
+        <xdr:cNvPr id="210" name="imageA648" descr="imageA648"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>648</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9486900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="204" name="imageA642" descr="imageA642"/>
-[...23 lines deleted...]
-      <xdr:row>643</xdr:row>
+        <xdr:cNvPr id="211" name="imageA649" descr="imageA649"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>650</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="13039725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="205" name="imageA644" descr="imageA644"/>
-[...23 lines deleted...]
-      <xdr:row>644</xdr:row>
+        <xdr:cNvPr id="212" name="imageA651" descr="imageA651"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>651</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9058275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="imageA645" descr="imageA645"/>
-[...23 lines deleted...]
-      <xdr:row>646</xdr:row>
+        <xdr:cNvPr id="213" name="imageA652" descr="imageA652"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>653</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8934450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="imageA647" descr="imageA647"/>
-[...23 lines deleted...]
-      <xdr:row>647</xdr:row>
+        <xdr:cNvPr id="214" name="imageA654" descr="imageA654"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>654</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7896225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="imageA648" descr="imageA648"/>
-[...23 lines deleted...]
-      <xdr:row>648</xdr:row>
+        <xdr:cNvPr id="215" name="imageA655" descr="imageA655"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>655</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9420225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="imageA649" descr="imageA649"/>
-[...23 lines deleted...]
-      <xdr:row>649</xdr:row>
+        <xdr:cNvPr id="216" name="imageA656" descr="imageA656"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>656</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9563100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="210" name="imageA650" descr="imageA650"/>
-[...23 lines deleted...]
-      <xdr:row>650</xdr:row>
+        <xdr:cNvPr id="217" name="imageA657" descr="imageA657"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>657</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9115425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="imageA651" descr="imageA651"/>
-[...23 lines deleted...]
-      <xdr:row>653</xdr:row>
+        <xdr:cNvPr id="218" name="imageA658" descr="imageA658"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>660</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9001125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="imageA654" descr="imageA654"/>
-[...23 lines deleted...]
-      <xdr:row>654</xdr:row>
+        <xdr:cNvPr id="219" name="imageA661" descr="imageA661"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>661</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="imageA655" descr="imageA655"/>
-[...23 lines deleted...]
-      <xdr:row>657</xdr:row>
+        <xdr:cNvPr id="220" name="imageA662" descr="imageA662"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>664</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="imageA658" descr="imageA658"/>
-[...23 lines deleted...]
-      <xdr:row>672</xdr:row>
+        <xdr:cNvPr id="221" name="imageA665" descr="imageA665"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>679</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9515475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="imageA673" descr="imageA673"/>
-[...23 lines deleted...]
-      <xdr:row>673</xdr:row>
+        <xdr:cNvPr id="222" name="imageA680" descr="imageA680"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>680</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9305925"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="216" name="imageA674" descr="imageA674"/>
-[...23 lines deleted...]
-      <xdr:row>674</xdr:row>
+        <xdr:cNvPr id="223" name="imageA681" descr="imageA681"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>681</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9429750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="217" name="imageA675" descr="imageA675"/>
-[...23 lines deleted...]
-      <xdr:row>675</xdr:row>
+        <xdr:cNvPr id="224" name="imageA682" descr="imageA682"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>682</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8667750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="218" name="imageA676" descr="imageA676"/>
-[...23 lines deleted...]
-      <xdr:row>676</xdr:row>
+        <xdr:cNvPr id="225" name="imageA683" descr="imageA683"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>683</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9420225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="219" name="imageA677" descr="imageA677"/>
-[...23 lines deleted...]
-      <xdr:row>723</xdr:row>
+        <xdr:cNvPr id="226" name="imageA684" descr="imageA684"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>730</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11744325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="220" name="imageA724" descr="imageA724"/>
-[...23 lines deleted...]
-      <xdr:row>732</xdr:row>
+        <xdr:cNvPr id="227" name="imageA731" descr="imageA731"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>736</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8258175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="imageA737" descr="imageA737"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>739</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="221" name="imageA733" descr="imageA733"/>
-[...23 lines deleted...]
-      <xdr:row>733</xdr:row>
+        <xdr:cNvPr id="229" name="imageA740" descr="imageA740"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>740</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10287000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="222" name="imageA734" descr="imageA734"/>
-[...23 lines deleted...]
-      <xdr:row>734</xdr:row>
+        <xdr:cNvPr id="230" name="imageA741" descr="imageA741"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>741</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10334625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="223" name="imageA735" descr="imageA735"/>
-[...23 lines deleted...]
-      <xdr:row>735</xdr:row>
+        <xdr:cNvPr id="231" name="imageA742" descr="imageA742"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>742</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7248525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="224" name="imageA736" descr="imageA736"/>
-[...23 lines deleted...]
-      <xdr:row>739</xdr:row>
+        <xdr:cNvPr id="232" name="imageA743" descr="imageA743"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>746</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7734300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="225" name="imageA740" descr="imageA740"/>
-[...23 lines deleted...]
-      <xdr:row>740</xdr:row>
+        <xdr:cNvPr id="233" name="imageA747" descr="imageA747"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>747</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7734300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="226" name="imageA741" descr="imageA741"/>
-[...23 lines deleted...]
-      <xdr:row>741</xdr:row>
+        <xdr:cNvPr id="234" name="imageA748" descr="imageA748"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>748</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7734300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="227" name="imageA742" descr="imageA742"/>
-[...23 lines deleted...]
-      <xdr:row>742</xdr:row>
+        <xdr:cNvPr id="235" name="imageA749" descr="imageA749"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>749</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8277225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="imageA743" descr="imageA743"/>
-[...23 lines deleted...]
-      <xdr:row>743</xdr:row>
+        <xdr:cNvPr id="236" name="imageA750" descr="imageA750"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>750</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8277225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="imageA744" descr="imageA744"/>
-[...23 lines deleted...]
-      <xdr:row>747</xdr:row>
+        <xdr:cNvPr id="237" name="imageA751" descr="imageA751"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>754</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8496300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" name="imageA748" descr="imageA748"/>
-[...23 lines deleted...]
-      <xdr:row>754</xdr:row>
+        <xdr:cNvPr id="238" name="imageA755" descr="imageA755"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>761</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11106150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="231" name="imageA755" descr="imageA755"/>
-[...23 lines deleted...]
-      <xdr:row>761</xdr:row>
+        <xdr:cNvPr id="239" name="imageA762" descr="imageA762"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>768</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9163050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="232" name="imageA762" descr="imageA762"/>
-[...23 lines deleted...]
-      <xdr:row>778</xdr:row>
+        <xdr:cNvPr id="240" name="imageA769" descr="imageA769"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>785</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6619875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="233" name="imageA779" descr="imageA779"/>
-[...23 lines deleted...]
-      <xdr:row>781</xdr:row>
+        <xdr:cNvPr id="241" name="imageA786" descr="imageA786"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>788</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9458325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="234" name="imageA782" descr="imageA782"/>
-[...23 lines deleted...]
-      <xdr:row>787</xdr:row>
+        <xdr:cNvPr id="242" name="imageA789" descr="imageA789"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>794</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8239125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="235" name="imageA788" descr="imageA788"/>
-[...23 lines deleted...]
-      <xdr:row>790</xdr:row>
+        <xdr:cNvPr id="243" name="imageA795" descr="imageA795"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>797</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="236" name="imageA791" descr="imageA791"/>
-[...23 lines deleted...]
-      <xdr:row>801</xdr:row>
+        <xdr:cNvPr id="244" name="imageA798" descr="imageA798"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>808</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8582025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="237" name="imageA802" descr="imageA802"/>
-[...23 lines deleted...]
-      <xdr:row>806</xdr:row>
+        <xdr:cNvPr id="245" name="imageA809" descr="imageA809"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>813</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9582150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="238" name="imageA807" descr="imageA807"/>
-[...23 lines deleted...]
-      <xdr:row>818</xdr:row>
+        <xdr:cNvPr id="246" name="imageA814" descr="imageA814"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>825</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9096375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="239" name="imageA819" descr="imageA819"/>
-[...23 lines deleted...]
-      <xdr:row>819</xdr:row>
+        <xdr:cNvPr id="247" name="imageA826" descr="imageA826"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>826</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9258300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="240" name="imageA820" descr="imageA820"/>
-[...23 lines deleted...]
-      <xdr:row>820</xdr:row>
+        <xdr:cNvPr id="248" name="imageA827" descr="imageA827"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>827</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9058275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="241" name="imageA821" descr="imageA821"/>
-[...23 lines deleted...]
-      <xdr:row>827</xdr:row>
+        <xdr:cNvPr id="249" name="imageA828" descr="imageA828"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>834</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8601075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="242" name="imageA828" descr="imageA828"/>
-[...23 lines deleted...]
-      <xdr:row>851</xdr:row>
+        <xdr:cNvPr id="250" name="imageA835" descr="imageA835"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>858</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6657975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="243" name="imageA852" descr="imageA852"/>
-[...23 lines deleted...]
-      <xdr:row>853</xdr:row>
+        <xdr:cNvPr id="251" name="imageA859" descr="imageA859"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>860</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9153525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="244" name="imageA854" descr="imageA854"/>
-[...23 lines deleted...]
-      <xdr:row>860</xdr:row>
+        <xdr:cNvPr id="252" name="imageA861" descr="imageA861"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>867</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="245" name="imageA861" descr="imageA861"/>
-[...23 lines deleted...]
-      <xdr:row>861</xdr:row>
+        <xdr:cNvPr id="253" name="imageA868" descr="imageA868"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>868</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="imageA862" descr="imageA862"/>
-[...23 lines deleted...]
-      <xdr:row>872</xdr:row>
+        <xdr:cNvPr id="254" name="imageA869" descr="imageA869"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>879</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="247" name="imageA873" descr="imageA873"/>
-[...23 lines deleted...]
-      <xdr:row>873</xdr:row>
+        <xdr:cNvPr id="255" name="imageA880" descr="imageA880"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>880</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="imageA874" descr="imageA874"/>
-[...23 lines deleted...]
-      <xdr:row>874</xdr:row>
+        <xdr:cNvPr id="256" name="imageA881" descr="imageA881"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>881</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9315450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="imageA875" descr="imageA875"/>
-[...23 lines deleted...]
-      <xdr:row>890</xdr:row>
+        <xdr:cNvPr id="257" name="imageA882" descr="imageA882"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>897</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9572625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="imageA891" descr="imageA891"/>
-[...23 lines deleted...]
-      <xdr:row>904</xdr:row>
+        <xdr:cNvPr id="258" name="imageA898" descr="imageA898"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>911</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9429750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="imageA905" descr="imageA905"/>
-[...23 lines deleted...]
-      <xdr:row>916</xdr:row>
+        <xdr:cNvPr id="259" name="imageA912" descr="imageA912"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>923</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9334500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="imageA917" descr="imageA917"/>
-[...23 lines deleted...]
-      <xdr:row>920</xdr:row>
+        <xdr:cNvPr id="260" name="imageA924" descr="imageA924"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>927</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6600825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="imageA921" descr="imageA921"/>
-[...23 lines deleted...]
-      <xdr:row>921</xdr:row>
+        <xdr:cNvPr id="261" name="imageA928" descr="imageA928"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>928</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9058275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="imageA922" descr="imageA922"/>
-[...23 lines deleted...]
-      <xdr:row>922</xdr:row>
+        <xdr:cNvPr id="262" name="imageA929" descr="imageA929"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>929</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10077450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="255" name="imageA923" descr="imageA923"/>
-[...23 lines deleted...]
-      <xdr:row>923</xdr:row>
+        <xdr:cNvPr id="263" name="imageA930" descr="imageA930"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>930</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8953500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" name="imageA924" descr="imageA924"/>
-[...23 lines deleted...]
-      <xdr:row>926</xdr:row>
+        <xdr:cNvPr id="264" name="imageA931" descr="imageA931"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>933</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9505950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" name="imageA927" descr="imageA927"/>
-[...23 lines deleted...]
-      <xdr:row>932</xdr:row>
+        <xdr:cNvPr id="265" name="imageA934" descr="imageA934"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>939</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8601075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="imageA933" descr="imageA933"/>
-[...23 lines deleted...]
-      <xdr:row>934</xdr:row>
+        <xdr:cNvPr id="266" name="imageA940" descr="imageA940"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>941</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8401050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="imageA935" descr="imageA935"/>
-[...23 lines deleted...]
-      <xdr:row>936</xdr:row>
+        <xdr:cNvPr id="267" name="imageA942" descr="imageA942"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>943</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8801100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="260" name="imageA937" descr="imageA937"/>
-[...23 lines deleted...]
-      <xdr:row>939</xdr:row>
+        <xdr:cNvPr id="268" name="imageA944" descr="imageA944"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>946</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9182100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="261" name="imageA940" descr="imageA940"/>
-[...23 lines deleted...]
-      <xdr:row>940</xdr:row>
+        <xdr:cNvPr id="269" name="imageA947" descr="imageA947"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>947</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8639175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="imageA941" descr="imageA941"/>
-[...23 lines deleted...]
-      <xdr:row>942</xdr:row>
+        <xdr:cNvPr id="270" name="imageA948" descr="imageA948"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>949</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6286500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="imageA943" descr="imageA943"/>
-[...23 lines deleted...]
-      <xdr:row>943</xdr:row>
+        <xdr:cNvPr id="271" name="imageA950" descr="imageA950"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>950</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8791575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="264" name="imageA944" descr="imageA944"/>
-[...23 lines deleted...]
-      <xdr:row>949</xdr:row>
+        <xdr:cNvPr id="272" name="imageA951" descr="imageA951"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>956</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9191625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="265" name="imageA950" descr="imageA950"/>
-[...23 lines deleted...]
-      <xdr:row>957</xdr:row>
+        <xdr:cNvPr id="273" name="imageA957" descr="imageA957"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>964</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9439275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="266" name="imageA958" descr="imageA958"/>
-[...23 lines deleted...]
-      <xdr:row>967</xdr:row>
+        <xdr:cNvPr id="274" name="imageA965" descr="imageA965"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>968</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9686925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" name="imageA969" descr="imageA969"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>974</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8334375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="267" name="imageA968" descr="imageA968"/>
-[...23 lines deleted...]
-      <xdr:row>968</xdr:row>
+        <xdr:cNvPr id="276" name="imageA975" descr="imageA975"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>975</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8763000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="268" name="imageA969" descr="imageA969"/>
-[...23 lines deleted...]
-      <xdr:row>980</xdr:row>
+        <xdr:cNvPr id="277" name="imageA976" descr="imageA976"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>987</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9077325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="269" name="imageA981" descr="imageA981"/>
-[...23 lines deleted...]
-      <xdr:row>982</xdr:row>
+        <xdr:cNvPr id="278" name="imageA988" descr="imageA988"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>989</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9191625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="270" name="imageA983" descr="imageA983"/>
-[...23 lines deleted...]
-      <xdr:row>983</xdr:row>
+        <xdr:cNvPr id="279" name="imageA990" descr="imageA990"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>990</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9448800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="271" name="imageA984" descr="imageA984"/>
-[...23 lines deleted...]
-      <xdr:row>984</xdr:row>
+        <xdr:cNvPr id="280" name="imageA991" descr="imageA991"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>991</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10753725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="272" name="imageA985" descr="imageA985"/>
-[...23 lines deleted...]
-      <xdr:row>985</xdr:row>
+        <xdr:cNvPr id="281" name="imageA992" descr="imageA992"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>992</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9591675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="273" name="imageA986" descr="imageA986"/>
-[...23 lines deleted...]
-      <xdr:row>986</xdr:row>
+        <xdr:cNvPr id="282" name="imageA993" descr="imageA993"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>993</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8553450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="274" name="imageA987" descr="imageA987"/>
-[...23 lines deleted...]
-      <xdr:row>987</xdr:row>
+        <xdr:cNvPr id="283" name="imageA994" descr="imageA994"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>994</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9591675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="275" name="imageA988" descr="imageA988"/>
-[...23 lines deleted...]
-      <xdr:row>988</xdr:row>
+        <xdr:cNvPr id="284" name="imageA995" descr="imageA995"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>995</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10058400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="276" name="imageA989" descr="imageA989"/>
-[...23 lines deleted...]
-      <xdr:row>989</xdr:row>
+        <xdr:cNvPr id="285" name="imageA996" descr="imageA996"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>996</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8848725"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="277" name="imageA990" descr="imageA990"/>
-[...23 lines deleted...]
-      <xdr:row>990</xdr:row>
+        <xdr:cNvPr id="286" name="imageA997" descr="imageA997"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>997</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8829675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="278" name="imageA991" descr="imageA991"/>
-[...23 lines deleted...]
-      <xdr:row>991</xdr:row>
+        <xdr:cNvPr id="287" name="imageA998" descr="imageA998"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>998</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9258300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="279" name="imageA992" descr="imageA992"/>
-[...23 lines deleted...]
-      <xdr:row>992</xdr:row>
+        <xdr:cNvPr id="288" name="imageA999" descr="imageA999"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>999</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9906000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="280" name="imageA993" descr="imageA993"/>
-[...23 lines deleted...]
-      <xdr:row>993</xdr:row>
+        <xdr:cNvPr id="289" name="imageA1000" descr="imageA1000"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1000</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9906000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="281" name="imageA994" descr="imageA994"/>
-[...23 lines deleted...]
-      <xdr:row>994</xdr:row>
+        <xdr:cNvPr id="290" name="imageA1001" descr="imageA1001"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1001</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9906000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="282" name="imageA995" descr="imageA995"/>
-[...23 lines deleted...]
-      <xdr:row>995</xdr:row>
+        <xdr:cNvPr id="291" name="imageA1002" descr="imageA1002"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1002</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10029825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="283" name="imageA996" descr="imageA996"/>
-[...23 lines deleted...]
-      <xdr:row>996</xdr:row>
+        <xdr:cNvPr id="292" name="imageA1003" descr="imageA1003"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1003</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10029825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="284" name="imageA997" descr="imageA997"/>
-[...23 lines deleted...]
-      <xdr:row>997</xdr:row>
+        <xdr:cNvPr id="293" name="imageA1004" descr="imageA1004"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1004</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11430000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="285" name="imageA998" descr="imageA998"/>
-[...23 lines deleted...]
-      <xdr:row>998</xdr:row>
+        <xdr:cNvPr id="294" name="imageA1005" descr="imageA1005"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1005</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7981950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="286" name="imageA999" descr="imageA999"/>
-[...23 lines deleted...]
-      <xdr:row>999</xdr:row>
+        <xdr:cNvPr id="295" name="imageA1006" descr="imageA1006"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1006</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8801100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="287" name="imageA1000" descr="imageA1000"/>
-[...23 lines deleted...]
-      <xdr:row>1000</xdr:row>
+        <xdr:cNvPr id="296" name="imageA1007" descr="imageA1007"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1007</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9382125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="288" name="imageA1001" descr="imageA1001"/>
-[...23 lines deleted...]
-      <xdr:row>1001</xdr:row>
+        <xdr:cNvPr id="297" name="imageA1008" descr="imageA1008"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1008</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6400800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="289" name="imageA1002" descr="imageA1002"/>
-[...23 lines deleted...]
-      <xdr:row>1002</xdr:row>
+        <xdr:cNvPr id="298" name="imageA1009" descr="imageA1009"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1009</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8648700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="290" name="imageA1003" descr="imageA1003"/>
-[...23 lines deleted...]
-      <xdr:row>1003</xdr:row>
+        <xdr:cNvPr id="299" name="imageA1010" descr="imageA1010"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1010</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8658225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="291" name="imageA1004" descr="imageA1004"/>
-[...23 lines deleted...]
-      <xdr:row>1004</xdr:row>
+        <xdr:cNvPr id="300" name="imageA1011" descr="imageA1011"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1011</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8658225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="292" name="imageA1005" descr="imageA1005"/>
-[...23 lines deleted...]
-      <xdr:row>1005</xdr:row>
+        <xdr:cNvPr id="301" name="imageA1012" descr="imageA1012"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1012</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8505825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="293" name="imageA1006" descr="imageA1006"/>
-[...23 lines deleted...]
-      <xdr:row>1006</xdr:row>
+        <xdr:cNvPr id="302" name="imageA1013" descr="imageA1013"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1013</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9191625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="294" name="imageA1007" descr="imageA1007"/>
-[...23 lines deleted...]
-      <xdr:row>1007</xdr:row>
+        <xdr:cNvPr id="303" name="imageA1014" descr="imageA1014"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1014</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10029825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="295" name="imageA1008" descr="imageA1008"/>
-[...23 lines deleted...]
-      <xdr:row>1008</xdr:row>
+        <xdr:cNvPr id="304" name="imageA1015" descr="imageA1015"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1015</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9096375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="296" name="imageA1009" descr="imageA1009"/>
-[...23 lines deleted...]
-      <xdr:row>1009</xdr:row>
+        <xdr:cNvPr id="305" name="imageA1016" descr="imageA1016"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1016</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10467975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="297" name="imageA1010" descr="imageA1010"/>
-[...23 lines deleted...]
-      <xdr:row>1010</xdr:row>
+        <xdr:cNvPr id="306" name="imageA1017" descr="imageA1017"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1017</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10496550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="298" name="imageA1011" descr="imageA1011"/>
-[...23 lines deleted...]
-      <xdr:row>1011</xdr:row>
+        <xdr:cNvPr id="307" name="imageA1018" descr="imageA1018"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1018</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9725025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="299" name="imageA1012" descr="imageA1012"/>
-[...23 lines deleted...]
-      <xdr:row>1012</xdr:row>
+        <xdr:cNvPr id="308" name="imageA1019" descr="imageA1019"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1019</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8982075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="300" name="imageA1013" descr="imageA1013"/>
-[...23 lines deleted...]
-      <xdr:row>1013</xdr:row>
+        <xdr:cNvPr id="309" name="imageA1020" descr="imageA1020"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1020</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8896350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="301" name="imageA1014" descr="imageA1014"/>
-[...23 lines deleted...]
-      <xdr:row>1014</xdr:row>
+        <xdr:cNvPr id="310" name="imageA1021" descr="imageA1021"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1021</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8553450"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="302" name="imageA1015" descr="imageA1015"/>
-[...23 lines deleted...]
-      <xdr:row>1015</xdr:row>
+        <xdr:cNvPr id="311" name="imageA1022" descr="imageA1022"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1022</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9744075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="303" name="imageA1016" descr="imageA1016"/>
-[...23 lines deleted...]
-      <xdr:row>1016</xdr:row>
+        <xdr:cNvPr id="312" name="imageA1023" descr="imageA1023"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1023</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11258550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="304" name="imageA1017" descr="imageA1017"/>
-[...23 lines deleted...]
-      <xdr:row>1017</xdr:row>
+        <xdr:cNvPr id="313" name="imageA1024" descr="imageA1024"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1024</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8791575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="305" name="imageA1018" descr="imageA1018"/>
-[...23 lines deleted...]
-      <xdr:row>1018</xdr:row>
+        <xdr:cNvPr id="314" name="imageA1025" descr="imageA1025"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1025</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4467225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="306" name="imageA1019" descr="imageA1019"/>
-[...23 lines deleted...]
-      <xdr:row>1019</xdr:row>
+        <xdr:cNvPr id="315" name="imageA1026" descr="imageA1026"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1026</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9534525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="307" name="imageA1020" descr="imageA1020"/>
-[...23 lines deleted...]
-      <xdr:row>1020</xdr:row>
+        <xdr:cNvPr id="316" name="imageA1027" descr="imageA1027"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1027</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9629775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="308" name="imageA1021" descr="imageA1021"/>
-[...23 lines deleted...]
-      <xdr:row>1021</xdr:row>
+        <xdr:cNvPr id="317" name="imageA1028" descr="imageA1028"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1028</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="309" name="imageA1022" descr="imageA1022"/>
-[...23 lines deleted...]
-      <xdr:row>1022</xdr:row>
+        <xdr:cNvPr id="318" name="imageA1029" descr="imageA1029"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1029</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10525125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="310" name="imageA1023" descr="imageA1023"/>
-[...23 lines deleted...]
-      <xdr:row>1023</xdr:row>
+        <xdr:cNvPr id="319" name="imageA1030" descr="imageA1030"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1030</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8239125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="311" name="imageA1024" descr="imageA1024"/>
-[...23 lines deleted...]
-      <xdr:row>1024</xdr:row>
+        <xdr:cNvPr id="320" name="imageA1031" descr="imageA1031"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1031</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9439275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="312" name="imageA1025" descr="imageA1025"/>
-[...23 lines deleted...]
-      <xdr:row>1025</xdr:row>
+        <xdr:cNvPr id="321" name="imageA1032" descr="imageA1032"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1032</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8791575"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="313" name="imageA1026" descr="imageA1026"/>
-[...23 lines deleted...]
-      <xdr:row>1026</xdr:row>
+        <xdr:cNvPr id="322" name="imageA1033" descr="imageA1033"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1033</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8772525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="314" name="imageA1027" descr="imageA1027"/>
-[...23 lines deleted...]
-      <xdr:row>1027</xdr:row>
+        <xdr:cNvPr id="323" name="imageA1034" descr="imageA1034"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1034</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11468100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="315" name="imageA1028" descr="imageA1028"/>
-[...23 lines deleted...]
-      <xdr:row>1028</xdr:row>
+        <xdr:cNvPr id="324" name="imageA1035" descr="imageA1035"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1035</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9734550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="316" name="imageA1029" descr="imageA1029"/>
-[...23 lines deleted...]
-      <xdr:row>1029</xdr:row>
+        <xdr:cNvPr id="325" name="imageA1036" descr="imageA1036"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1036</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9105900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="317" name="imageA1030" descr="imageA1030"/>
-[...23 lines deleted...]
-      <xdr:row>1030</xdr:row>
+        <xdr:cNvPr id="326" name="imageA1037" descr="imageA1037"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1037</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10982325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="318" name="imageA1031" descr="imageA1031"/>
-[...23 lines deleted...]
-      <xdr:row>1031</xdr:row>
+        <xdr:cNvPr id="327" name="imageA1038" descr="imageA1038"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1038</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10563225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="319" name="imageA1032" descr="imageA1032"/>
-[...23 lines deleted...]
-      <xdr:row>1032</xdr:row>
+        <xdr:cNvPr id="328" name="imageA1039" descr="imageA1039"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1039</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="11277600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="320" name="imageA1033" descr="imageA1033"/>
-[...23 lines deleted...]
-      <xdr:row>1033</xdr:row>
+        <xdr:cNvPr id="329" name="imageA1040" descr="imageA1040"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1040</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8915400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="321" name="imageA1034" descr="imageA1034"/>
-[...23 lines deleted...]
-      <xdr:row>1034</xdr:row>
+        <xdr:cNvPr id="330" name="imageA1041" descr="imageA1041"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1041</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8258175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="322" name="imageA1035" descr="imageA1035"/>
-[...23 lines deleted...]
-      <xdr:row>1035</xdr:row>
+        <xdr:cNvPr id="331" name="imageA1042" descr="imageA1042"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1042</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9572625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="323" name="imageA1036" descr="imageA1036"/>
-[...23 lines deleted...]
-      <xdr:row>1107</xdr:row>
+        <xdr:cNvPr id="332" name="imageA1043" descr="imageA1043"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1043</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9124950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="333" name="imageA1044" descr="imageA1044"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1044</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10096500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="imageA1045" descr="imageA1045"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1045</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9001125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="imageA1046" descr="imageA1046"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1117</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9496425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="324" name="imageA1108" descr="imageA1108"/>
-[...23 lines deleted...]
-      <xdr:row>1121</xdr:row>
+        <xdr:cNvPr id="336" name="imageA1118" descr="imageA1118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1131</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4714875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="325" name="imageA1122" descr="imageA1122"/>
-[...23 lines deleted...]
-      <xdr:row>1122</xdr:row>
+        <xdr:cNvPr id="337" name="imageA1132" descr="imageA1132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1132</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4181475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="326" name="imageA1123" descr="imageA1123"/>
-[...23 lines deleted...]
-      <xdr:row>1123</xdr:row>
+        <xdr:cNvPr id="338" name="imageA1133" descr="imageA1133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1133</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="327" name="imageA1124" descr="imageA1124"/>
-[...23 lines deleted...]
-      <xdr:row>1124</xdr:row>
+        <xdr:cNvPr id="339" name="imageA1134" descr="imageA1134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1134</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5438775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="328" name="imageA1125" descr="imageA1125"/>
-[...23 lines deleted...]
-      <xdr:row>1125</xdr:row>
+        <xdr:cNvPr id="340" name="imageA1135" descr="imageA1135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1135</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5438775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="329" name="imageA1126" descr="imageA1126"/>
-[...23 lines deleted...]
-      <xdr:row>1126</xdr:row>
+        <xdr:cNvPr id="341" name="imageA1136" descr="imageA1136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1136</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5372100"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="330" name="imageA1127" descr="imageA1127"/>
-[...23 lines deleted...]
-      <xdr:row>1128</xdr:row>
+        <xdr:cNvPr id="342" name="imageA1137" descr="imageA1137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1138</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5448300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="331" name="imageA1129" descr="imageA1129"/>
-[...23 lines deleted...]
-      <xdr:row>1129</xdr:row>
+        <xdr:cNvPr id="343" name="imageA1139" descr="imageA1139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1139</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6743700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="332" name="imageA1130" descr="imageA1130"/>
-[...23 lines deleted...]
-      <xdr:row>1130</xdr:row>
+        <xdr:cNvPr id="344" name="imageA1140" descr="imageA1140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1140</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6781800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="333" name="imageA1131" descr="imageA1131"/>
-[...23 lines deleted...]
-      <xdr:row>1131</xdr:row>
+        <xdr:cNvPr id="345" name="imageA1141" descr="imageA1141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1141</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6534150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="334" name="imageA1132" descr="imageA1132"/>
-[...23 lines deleted...]
-      <xdr:row>1132</xdr:row>
+        <xdr:cNvPr id="346" name="imageA1142" descr="imageA1142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1142</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6867525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="335" name="imageA1133" descr="imageA1133"/>
-[...23 lines deleted...]
-      <xdr:row>1133</xdr:row>
+        <xdr:cNvPr id="347" name="imageA1143" descr="imageA1143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1143</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7181850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="336" name="imageA1134" descr="imageA1134"/>
-[...23 lines deleted...]
-      <xdr:row>1134</xdr:row>
+        <xdr:cNvPr id="348" name="imageA1144" descr="imageA1144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1144</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="7448550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="337" name="imageA1135" descr="imageA1135"/>
-[...23 lines deleted...]
-      <xdr:row>1135</xdr:row>
+        <xdr:cNvPr id="349" name="imageA1145" descr="imageA1145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1145</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6781800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="338" name="imageA1136" descr="imageA1136"/>
-[...23 lines deleted...]
-      <xdr:row>1136</xdr:row>
+        <xdr:cNvPr id="350" name="imageA1146" descr="imageA1146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1146</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6991350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="339" name="imageA1137" descr="imageA1137"/>
-[...23 lines deleted...]
-      <xdr:row>1137</xdr:row>
+        <xdr:cNvPr id="351" name="imageA1147" descr="imageA1147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1147</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="6391275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="340" name="imageA1138" descr="imageA1138"/>
-[...23 lines deleted...]
-      <xdr:row>1138</xdr:row>
+        <xdr:cNvPr id="352" name="imageA1148" descr="imageA1148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1148</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4495800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="341" name="imageA1139" descr="imageA1139"/>
-[...23 lines deleted...]
-      <xdr:row>1139</xdr:row>
+        <xdr:cNvPr id="353" name="imageA1149" descr="imageA1149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1149</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4486275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="342" name="imageA1140" descr="imageA1140"/>
-[...23 lines deleted...]
-      <xdr:row>1140</xdr:row>
+        <xdr:cNvPr id="354" name="imageA1150" descr="imageA1150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1150</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9734550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="343" name="imageA1141" descr="imageA1141"/>
-[...23 lines deleted...]
-      <xdr:row>1141</xdr:row>
+        <xdr:cNvPr id="355" name="imageA1151" descr="imageA1151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1151</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4457700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="344" name="imageA1142" descr="imageA1142"/>
-[...23 lines deleted...]
-      <xdr:row>1142</xdr:row>
+        <xdr:cNvPr id="356" name="imageA1152" descr="imageA1152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1152</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4457700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="345" name="imageA1143" descr="imageA1143"/>
-[...23 lines deleted...]
-      <xdr:row>1143</xdr:row>
+        <xdr:cNvPr id="357" name="imageA1153" descr="imageA1153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1153</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4486275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="346" name="imageA1144" descr="imageA1144"/>
-[...23 lines deleted...]
-      <xdr:row>1144</xdr:row>
+        <xdr:cNvPr id="358" name="imageA1154" descr="imageA1154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1154</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4524375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="347" name="imageA1145" descr="imageA1145"/>
-[...23 lines deleted...]
-      <xdr:row>1145</xdr:row>
+        <xdr:cNvPr id="359" name="imageA1155" descr="imageA1155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1155</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4467225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="348" name="imageA1146" descr="imageA1146"/>
-[...23 lines deleted...]
-      <xdr:row>1146</xdr:row>
+        <xdr:cNvPr id="360" name="imageA1156" descr="imageA1156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1156</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4505325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="349" name="imageA1147" descr="imageA1147"/>
-[...23 lines deleted...]
-      <xdr:row>1147</xdr:row>
+        <xdr:cNvPr id="361" name="imageA1157" descr="imageA1157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1157</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4495800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="350" name="imageA1148" descr="imageA1148"/>
-[...23 lines deleted...]
-      <xdr:row>1148</xdr:row>
+        <xdr:cNvPr id="362" name="imageA1158" descr="imageA1158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1158</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4486275"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="351" name="imageA1149" descr="imageA1149"/>
-[...23 lines deleted...]
-      <xdr:row>1149</xdr:row>
+        <xdr:cNvPr id="363" name="imageA1159" descr="imageA1159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1159</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4448175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="352" name="imageA1150" descr="imageA1150"/>
-[...23 lines deleted...]
-      <xdr:row>1150</xdr:row>
+        <xdr:cNvPr id="364" name="imageA1160" descr="imageA1160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1160</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="353" name="imageA1151" descr="imageA1151"/>
-[...23 lines deleted...]
-      <xdr:row>1151</xdr:row>
+        <xdr:cNvPr id="365" name="imageA1161" descr="imageA1161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1161</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10296525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="354" name="imageA1152" descr="imageA1152"/>
-[...23 lines deleted...]
-      <xdr:row>1152</xdr:row>
+        <xdr:cNvPr id="366" name="imageA1162" descr="imageA1162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1162</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10096500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="355" name="imageA1153" descr="imageA1153"/>
-[...23 lines deleted...]
-      <xdr:row>1153</xdr:row>
+        <xdr:cNvPr id="367" name="imageA1163" descr="imageA1163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1163</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10658475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="356" name="imageA1154" descr="imageA1154"/>
-[...23 lines deleted...]
-      <xdr:row>1154</xdr:row>
+        <xdr:cNvPr id="368" name="imageA1164" descr="imageA1164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1164</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="357" name="imageA1155" descr="imageA1155"/>
-[...23 lines deleted...]
-      <xdr:row>1155</xdr:row>
+        <xdr:cNvPr id="369" name="imageA1165" descr="imageA1165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1165</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="358" name="imageA1156" descr="imageA1156"/>
-[...23 lines deleted...]
-      <xdr:row>1156</xdr:row>
+        <xdr:cNvPr id="370" name="imageA1166" descr="imageA1166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1166</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="359" name="imageA1157" descr="imageA1157"/>
-[...23 lines deleted...]
-      <xdr:row>1157</xdr:row>
+        <xdr:cNvPr id="371" name="imageA1167" descr="imageA1167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1167</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4419600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="360" name="imageA1158" descr="imageA1158"/>
-[...23 lines deleted...]
-      <xdr:row>1158</xdr:row>
+        <xdr:cNvPr id="372" name="imageA1168" descr="imageA1168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1168</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="361" name="imageA1159" descr="imageA1159"/>
-[...23 lines deleted...]
-      <xdr:row>1159</xdr:row>
+        <xdr:cNvPr id="373" name="imageA1169" descr="imageA1169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1169</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4419600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="362" name="imageA1160" descr="imageA1160"/>
-[...23 lines deleted...]
-      <xdr:row>1160</xdr:row>
+        <xdr:cNvPr id="374" name="imageA1170" descr="imageA1170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1170</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="363" name="imageA1161" descr="imageA1161"/>
-[...23 lines deleted...]
-      <xdr:row>1161</xdr:row>
+        <xdr:cNvPr id="375" name="imageA1171" descr="imageA1171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1171</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="364" name="imageA1162" descr="imageA1162"/>
-[...23 lines deleted...]
-      <xdr:row>1162</xdr:row>
+        <xdr:cNvPr id="376" name="imageA1172" descr="imageA1172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1172</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="365" name="imageA1163" descr="imageA1163"/>
-[...23 lines deleted...]
-      <xdr:row>1163</xdr:row>
+        <xdr:cNvPr id="377" name="imageA1173" descr="imageA1173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1173</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4391025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="366" name="imageA1164" descr="imageA1164"/>
-[...23 lines deleted...]
-      <xdr:row>1164</xdr:row>
+        <xdr:cNvPr id="378" name="imageA1174" descr="imageA1174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1174</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="367" name="imageA1165" descr="imageA1165"/>
-[...23 lines deleted...]
-      <xdr:row>1165</xdr:row>
+        <xdr:cNvPr id="379" name="imageA1175" descr="imageA1175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1175</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10115550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="368" name="imageA1166" descr="imageA1166"/>
-[...23 lines deleted...]
-      <xdr:row>1166</xdr:row>
+        <xdr:cNvPr id="380" name="imageA1176" descr="imageA1176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1176</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="369" name="imageA1167" descr="imageA1167"/>
-[...23 lines deleted...]
-      <xdr:row>1167</xdr:row>
+        <xdr:cNvPr id="381" name="imageA1177" descr="imageA1177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1177</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4419600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="370" name="imageA1168" descr="imageA1168"/>
-[...23 lines deleted...]
-      <xdr:row>1168</xdr:row>
+        <xdr:cNvPr id="382" name="imageA1178" descr="imageA1178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1178</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="371" name="imageA1169" descr="imageA1169"/>
-[...23 lines deleted...]
-      <xdr:row>1169</xdr:row>
+        <xdr:cNvPr id="383" name="imageA1179" descr="imageA1179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1179</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="372" name="imageA1170" descr="imageA1170"/>
-[...23 lines deleted...]
-      <xdr:row>1170</xdr:row>
+        <xdr:cNvPr id="384" name="imageA1180" descr="imageA1180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1180</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="373" name="imageA1171" descr="imageA1171"/>
-[...23 lines deleted...]
-      <xdr:row>1171</xdr:row>
+        <xdr:cNvPr id="385" name="imageA1181" descr="imageA1181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1181</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4419600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="374" name="imageA1172" descr="imageA1172"/>
-[...23 lines deleted...]
-      <xdr:row>1172</xdr:row>
+        <xdr:cNvPr id="386" name="imageA1182" descr="imageA1182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1182</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10058400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="375" name="imageA1173" descr="imageA1173"/>
-[...23 lines deleted...]
-      <xdr:row>1173</xdr:row>
+        <xdr:cNvPr id="387" name="imageA1183" descr="imageA1183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1183</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="376" name="imageA1174" descr="imageA1174"/>
-[...23 lines deleted...]
-      <xdr:row>1174</xdr:row>
+        <xdr:cNvPr id="388" name="imageA1184" descr="imageA1184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1184</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="377" name="imageA1175" descr="imageA1175"/>
-[...23 lines deleted...]
-      <xdr:row>1175</xdr:row>
+        <xdr:cNvPr id="389" name="imageA1185" descr="imageA1185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1185</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="378" name="imageA1176" descr="imageA1176"/>
-[...23 lines deleted...]
-      <xdr:row>1176</xdr:row>
+        <xdr:cNvPr id="390" name="imageA1186" descr="imageA1186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1186</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="379" name="imageA1177" descr="imageA1177"/>
-[...23 lines deleted...]
-      <xdr:row>1177</xdr:row>
+        <xdr:cNvPr id="391" name="imageA1187" descr="imageA1187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1187</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4381500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="380" name="imageA1178" descr="imageA1178"/>
-[...23 lines deleted...]
-      <xdr:row>1178</xdr:row>
+        <xdr:cNvPr id="392" name="imageA1188" descr="imageA1188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1188</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10058400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="381" name="imageA1179" descr="imageA1179"/>
-[...23 lines deleted...]
-      <xdr:row>1179</xdr:row>
+        <xdr:cNvPr id="393" name="imageA1189" descr="imageA1189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1189</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="382" name="imageA1180" descr="imageA1180"/>
-[...23 lines deleted...]
-      <xdr:row>1180</xdr:row>
+        <xdr:cNvPr id="394" name="imageA1190" descr="imageA1190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1190</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10058400"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="383" name="imageA1181" descr="imageA1181"/>
-[...23 lines deleted...]
-      <xdr:row>1181</xdr:row>
+        <xdr:cNvPr id="395" name="imageA1191" descr="imageA1191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1191</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10020300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="384" name="imageA1182" descr="imageA1182"/>
-[...23 lines deleted...]
-      <xdr:row>1182</xdr:row>
+        <xdr:cNvPr id="396" name="imageA1192" descr="imageA1192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1192</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="385" name="imageA1183" descr="imageA1183"/>
-[...23 lines deleted...]
-      <xdr:row>1183</xdr:row>
+        <xdr:cNvPr id="397" name="imageA1193" descr="imageA1193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1193</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="386" name="imageA1184" descr="imageA1184"/>
-[...23 lines deleted...]
-      <xdr:row>1184</xdr:row>
+        <xdr:cNvPr id="398" name="imageA1194" descr="imageA1194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1194</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="387" name="imageA1185" descr="imageA1185"/>
-[...23 lines deleted...]
-      <xdr:row>1185</xdr:row>
+        <xdr:cNvPr id="399" name="imageA1195" descr="imageA1195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1195</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="388" name="imageA1186" descr="imageA1186"/>
-[...23 lines deleted...]
-      <xdr:row>1186</xdr:row>
+        <xdr:cNvPr id="400" name="imageA1196" descr="imageA1196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1196</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10144125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="389" name="imageA1187" descr="imageA1187"/>
-[...23 lines deleted...]
-      <xdr:row>1187</xdr:row>
+        <xdr:cNvPr id="401" name="imageA1197" descr="imageA1197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1197</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9982200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="390" name="imageA1188" descr="imageA1188"/>
-[...23 lines deleted...]
-      <xdr:row>1188</xdr:row>
+        <xdr:cNvPr id="402" name="imageA1198" descr="imageA1198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1198</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="391" name="imageA1189" descr="imageA1189"/>
-[...23 lines deleted...]
-      <xdr:row>1189</xdr:row>
+        <xdr:cNvPr id="403" name="imageA1199" descr="imageA1199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1199</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4438650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="392" name="imageA1190" descr="imageA1190"/>
-[...23 lines deleted...]
-      <xdr:row>1190</xdr:row>
+        <xdr:cNvPr id="404" name="imageA1200" descr="imageA1200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1200</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10020300"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="393" name="imageA1191" descr="imageA1191"/>
-[...23 lines deleted...]
-      <xdr:row>1191</xdr:row>
+        <xdr:cNvPr id="405" name="imageA1201" descr="imageA1201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1201</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4457700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="394" name="imageA1192" descr="imageA1192"/>
-[...23 lines deleted...]
-      <xdr:row>1192</xdr:row>
+        <xdr:cNvPr id="406" name="imageA1202" descr="imageA1202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1202</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="395" name="imageA1193" descr="imageA1193"/>
-[...23 lines deleted...]
-      <xdr:row>1193</xdr:row>
+        <xdr:cNvPr id="407" name="imageA1203" descr="imageA1203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1203</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="396" name="imageA1194" descr="imageA1194"/>
-[...23 lines deleted...]
-      <xdr:row>1194</xdr:row>
+        <xdr:cNvPr id="408" name="imageA1204" descr="imageA1204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1204</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10086975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="397" name="imageA1195" descr="imageA1195"/>
-[...23 lines deleted...]
-      <xdr:row>1195</xdr:row>
+        <xdr:cNvPr id="409" name="imageA1205" descr="imageA1205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1205</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4410075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="398" name="imageA1196" descr="imageA1196"/>
-[...23 lines deleted...]
-      <xdr:row>1196</xdr:row>
+        <xdr:cNvPr id="410" name="imageA1206" descr="imageA1206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1206</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9925050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="399" name="imageA1197" descr="imageA1197"/>
-[...23 lines deleted...]
-      <xdr:row>1197</xdr:row>
+        <xdr:cNvPr id="411" name="imageA1207" descr="imageA1207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1207</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9982200"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="400" name="imageA1198" descr="imageA1198"/>
-[...23 lines deleted...]
-      <xdr:row>1198</xdr:row>
+        <xdr:cNvPr id="412" name="imageA1208" descr="imageA1208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1208</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9963150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="401" name="imageA1199" descr="imageA1199"/>
-[...23 lines deleted...]
-      <xdr:row>1199</xdr:row>
+        <xdr:cNvPr id="413" name="imageA1209" descr="imageA1209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1209</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4438650"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="402" name="imageA1200" descr="imageA1200"/>
-[...23 lines deleted...]
-      <xdr:row>1200</xdr:row>
+        <xdr:cNvPr id="414" name="imageA1210" descr="imageA1210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1210</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4400550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="403" name="imageA1201" descr="imageA1201"/>
-[...23 lines deleted...]
-      <xdr:row>1201</xdr:row>
+        <xdr:cNvPr id="415" name="imageA1211" descr="imageA1211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1211</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10134600"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="404" name="imageA1202" descr="imageA1202"/>
-[...23 lines deleted...]
-      <xdr:row>1202</xdr:row>
+        <xdr:cNvPr id="416" name="imageA1212" descr="imageA1212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1212</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10010775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="405" name="imageA1203" descr="imageA1203"/>
-[...23 lines deleted...]
-      <xdr:row>1203</xdr:row>
+        <xdr:cNvPr id="417" name="imageA1213" descr="imageA1213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1213</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="10039350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="406" name="imageA1204" descr="imageA1204"/>
-[...23 lines deleted...]
-      <xdr:row>1204</xdr:row>
+        <xdr:cNvPr id="418" name="imageA1214" descr="imageA1214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1214</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4457700"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="407" name="imageA1205" descr="imageA1205"/>
-[...23 lines deleted...]
-      <xdr:row>1205</xdr:row>
+        <xdr:cNvPr id="419" name="imageA1215" descr="imageA1215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1215</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4429125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="408" name="imageA1206" descr="imageA1206"/>
-[...23 lines deleted...]
-      <xdr:row>1206</xdr:row>
+        <xdr:cNvPr id="420" name="imageA1216" descr="imageA1216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1216</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4448175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="409" name="imageA1207" descr="imageA1207"/>
-[...23 lines deleted...]
-      <xdr:row>1207</xdr:row>
+        <xdr:cNvPr id="421" name="imageA1217" descr="imageA1217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1217</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9829800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="410" name="imageA1208" descr="imageA1208"/>
-[...23 lines deleted...]
-      <xdr:row>1208</xdr:row>
+        <xdr:cNvPr id="422" name="imageA1218" descr="imageA1218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1218</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4505325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="411" name="imageA1209" descr="imageA1209"/>
-[...23 lines deleted...]
-      <xdr:row>1209</xdr:row>
+        <xdr:cNvPr id="423" name="imageA1219" descr="imageA1219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1219</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4619625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="412" name="imageA1210" descr="imageA1210"/>
-[...23 lines deleted...]
-      <xdr:row>1210</xdr:row>
+        <xdr:cNvPr id="424" name="imageA1220" descr="imageA1220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1220</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4514850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="413" name="imageA1211" descr="imageA1211"/>
-[...23 lines deleted...]
-      <xdr:row>1211</xdr:row>
+        <xdr:cNvPr id="425" name="imageA1221" descr="imageA1221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1221</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4467225"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="414" name="imageA1212" descr="imageA1212"/>
-[...23 lines deleted...]
-      <xdr:row>1212</xdr:row>
+        <xdr:cNvPr id="426" name="imageA1222" descr="imageA1222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1222</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4533900"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="415" name="imageA1213" descr="imageA1213"/>
-[...23 lines deleted...]
-      <xdr:row>1213</xdr:row>
+        <xdr:cNvPr id="427" name="imageA1223" descr="imageA1223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1223</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9620250"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="416" name="imageA1214" descr="imageA1214"/>
-[...23 lines deleted...]
-      <xdr:row>1214</xdr:row>
+        <xdr:cNvPr id="428" name="imageA1224" descr="imageA1224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1224</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4552950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="417" name="imageA1215" descr="imageA1215"/>
-[...23 lines deleted...]
-      <xdr:row>1215</xdr:row>
+        <xdr:cNvPr id="429" name="imageA1225" descr="imageA1225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1225</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4552950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="418" name="imageA1216" descr="imageA1216"/>
-[...23 lines deleted...]
-      <xdr:row>1216</xdr:row>
+        <xdr:cNvPr id="430" name="imageA1226" descr="imageA1226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1226</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4476750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="419" name="imageA1217" descr="imageA1217"/>
-[...23 lines deleted...]
-      <xdr:row>1217</xdr:row>
+        <xdr:cNvPr id="431" name="imageA1227" descr="imageA1227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1227</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4638675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="420" name="imageA1218" descr="imageA1218"/>
-[...23 lines deleted...]
-      <xdr:row>1218</xdr:row>
+        <xdr:cNvPr id="432" name="imageA1228" descr="imageA1228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1228</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="9915525"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="421" name="imageA1219" descr="imageA1219"/>
-[...23 lines deleted...]
-      <xdr:row>1219</xdr:row>
+        <xdr:cNvPr id="433" name="imageA1229" descr="imageA1229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1229</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4514850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="422" name="imageA1220" descr="imageA1220"/>
-[...23 lines deleted...]
-      <xdr:row>1220</xdr:row>
+        <xdr:cNvPr id="434" name="imageA1230" descr="imageA1230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1230</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4543425"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="423" name="imageA1221" descr="imageA1221"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
+        <xdr:cNvPr id="435" name="imageA1231" descr="imageA1231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -16865,51 +17255,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1221"/>
+  <dimension ref="A1:Z1231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.28418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
@@ -16981,1077 +17371,1084 @@
     </row>
     <row r="9" spans="1:26" customHeight="1" ht="498">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:26" customHeight="1" ht="584">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:26" customHeight="1" ht="536">
       <c r="A11"/>
       <c r="B11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:26" customHeight="1" ht="597">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:26" customHeight="1" ht="595">
+    <row r="13" spans="1:26" customHeight="1" ht="754">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26" customHeight="1" ht="595">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="15" spans="1:26" customHeight="1" ht="793">
+    <row r="15" spans="1:26" customHeight="1" ht="595">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:26" customHeight="1" ht="793">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="17" spans="1:26" customHeight="1" ht="846">
+    <row r="17" spans="1:26" customHeight="1" ht="793">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="18" spans="1:26">
+    <row r="18" spans="1:26" customHeight="1" ht="846">
+      <c r="A18"/>
       <c r="B18" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="19" spans="1:26" customHeight="1" ht="902">
-      <c r="A19"/>
+    <row r="19" spans="1:26">
       <c r="B19" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:26" customHeight="1" ht="770">
+    <row r="20" spans="1:26" customHeight="1" ht="902">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="21" spans="1:26" customHeight="1" ht="753">
+    <row r="21" spans="1:26" customHeight="1" ht="770">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="22" spans="1:26" customHeight="1" ht="470">
+    <row r="22" spans="1:26" customHeight="1" ht="753">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="23" spans="1:26" customHeight="1" ht="469">
+    <row r="23" spans="1:26" customHeight="1" ht="470">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="24" spans="1:26" customHeight="1" ht="839">
+    <row r="24" spans="1:26" customHeight="1" ht="469">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="25" spans="1:26" customHeight="1" ht="950">
+    <row r="25" spans="1:26" customHeight="1" ht="839">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="26" spans="1:26" customHeight="1" ht="940">
+    <row r="26" spans="1:26" customHeight="1" ht="950">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="27" spans="1:26" customHeight="1" ht="839">
+    <row r="27" spans="1:26" customHeight="1" ht="940">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="28" spans="1:26" customHeight="1" ht="975">
+    <row r="28" spans="1:26" customHeight="1" ht="839">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="29" spans="1:26" customHeight="1" ht="449">
+    <row r="29" spans="1:26" customHeight="1" ht="975">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="30" spans="1:26" customHeight="1" ht="419">
+    <row r="30" spans="1:26" customHeight="1" ht="449">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="31" spans="1:26" customHeight="1" ht="892">
+    <row r="31" spans="1:26" customHeight="1" ht="419">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="32" spans="1:26" customHeight="1" ht="424">
+    <row r="32" spans="1:26" customHeight="1" ht="892">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="33" spans="1:26" customHeight="1" ht="594">
+    <row r="33" spans="1:26" customHeight="1" ht="424">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="34" spans="1:26" customHeight="1" ht="615">
+    <row r="34" spans="1:26" customHeight="1" ht="594">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="35" spans="1:26" customHeight="1" ht="600">
+    <row r="35" spans="1:26" customHeight="1" ht="615">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="36" spans="1:26" customHeight="1" ht="977">
+    <row r="36" spans="1:26" customHeight="1" ht="600">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="37" spans="1:26" customHeight="1" ht="869">
+    <row r="37" spans="1:26" customHeight="1" ht="977">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="38" spans="1:26" customHeight="1" ht="477">
+    <row r="38" spans="1:26" customHeight="1" ht="869">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="39" spans="1:26" customHeight="1" ht="756">
+    <row r="39" spans="1:26" customHeight="1" ht="477">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="40" spans="1:26" customHeight="1" ht="816">
+    <row r="40" spans="1:26" customHeight="1" ht="756">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="41" spans="1:26" customHeight="1" ht="815">
+    <row r="41" spans="1:26" customHeight="1" ht="842">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="42" spans="1:26" customHeight="1" ht="841">
+    <row r="42" spans="1:26" customHeight="1" ht="816">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="43" spans="1:26" customHeight="1" ht="889">
+    <row r="43" spans="1:26" customHeight="1" ht="834">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="44" spans="1:26" customHeight="1" ht="858">
+    <row r="44" spans="1:26" customHeight="1" ht="815">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="45" spans="1:26" customHeight="1" ht="832">
+    <row r="45" spans="1:26" customHeight="1" ht="841">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="46" spans="1:26" customHeight="1" ht="907">
+    <row r="46" spans="1:26" customHeight="1" ht="837">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="47" spans="1:26" customHeight="1" ht="834">
+    <row r="47" spans="1:26" customHeight="1" ht="850">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="48" spans="1:26" customHeight="1" ht="831">
+    <row r="48" spans="1:26" customHeight="1" ht="889">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="49" spans="1:26" customHeight="1" ht="832">
+    <row r="49" spans="1:26" customHeight="1" ht="858">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="50" spans="1:26" customHeight="1" ht="383">
+    <row r="50" spans="1:26" customHeight="1" ht="832">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="51" spans="1:26" customHeight="1" ht="831">
+    <row r="51" spans="1:26" customHeight="1" ht="907">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="52" spans="1:26" customHeight="1" ht="827">
+    <row r="52" spans="1:26" customHeight="1" ht="834">
       <c r="A52"/>
       <c r="B52" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="53" spans="1:26" customHeight="1" ht="1170">
+    <row r="53" spans="1:26" customHeight="1" ht="831">
       <c r="A53"/>
       <c r="B53" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="54" spans="1:26" customHeight="1" ht="918">
+    <row r="54" spans="1:26" customHeight="1" ht="832">
       <c r="A54"/>
       <c r="B54" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="55" spans="1:26" customHeight="1" ht="932">
+    <row r="55" spans="1:26" customHeight="1" ht="383">
       <c r="A55"/>
       <c r="B55" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="56" spans="1:26" customHeight="1" ht="906">
+    <row r="56" spans="1:26" customHeight="1" ht="831">
       <c r="A56"/>
       <c r="B56" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="57" spans="1:26" customHeight="1" ht="934">
+    <row r="57" spans="1:26" customHeight="1" ht="827">
       <c r="A57"/>
       <c r="B57" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="58" spans="1:26" customHeight="1" ht="922">
+    <row r="58" spans="1:26" customHeight="1" ht="1170">
       <c r="A58"/>
       <c r="B58" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="59" spans="1:26" customHeight="1" ht="930">
+    <row r="59" spans="1:26" customHeight="1" ht="918">
       <c r="A59"/>
       <c r="B59" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="60" spans="1:26" customHeight="1" ht="932">
       <c r="A60"/>
       <c r="B60" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="61" spans="1:26" customHeight="1" ht="929">
+    <row r="61" spans="1:26" customHeight="1" ht="906">
       <c r="A61"/>
       <c r="B61" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="62" spans="1:26" customHeight="1" ht="944">
+    <row r="62" spans="1:26" customHeight="1" ht="934">
       <c r="A62"/>
       <c r="B62" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="63" spans="1:26" customHeight="1" ht="923">
+    <row r="63" spans="1:26" customHeight="1" ht="922">
       <c r="A63"/>
       <c r="B63" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="64" spans="1:26" customHeight="1" ht="927">
+    <row r="64" spans="1:26" customHeight="1" ht="930">
       <c r="A64"/>
       <c r="B64" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="65" spans="1:26" customHeight="1" ht="934">
+    <row r="65" spans="1:26" customHeight="1" ht="932">
       <c r="A65"/>
       <c r="B65" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="66" spans="1:26" customHeight="1" ht="925">
+    <row r="66" spans="1:26" customHeight="1" ht="929">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="67" spans="1:26" customHeight="1" ht="899">
+    <row r="67" spans="1:26" customHeight="1" ht="944">
       <c r="A67"/>
       <c r="B67" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="68" spans="1:26" customHeight="1" ht="918">
+    <row r="68" spans="1:26" customHeight="1" ht="923">
       <c r="A68"/>
       <c r="B68" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="69" spans="1:26" customHeight="1" ht="923">
+    <row r="69" spans="1:26" customHeight="1" ht="927">
       <c r="A69"/>
       <c r="B69" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="70" spans="1:26" customHeight="1" ht="932">
+    <row r="70" spans="1:26" customHeight="1" ht="934">
       <c r="A70"/>
       <c r="B70" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="71" spans="1:26" customHeight="1" ht="906">
+    <row r="71" spans="1:26" customHeight="1" ht="925">
       <c r="A71"/>
       <c r="B71" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="72" spans="1:26" customHeight="1" ht="924">
+    <row r="72" spans="1:26" customHeight="1" ht="899">
       <c r="A72"/>
       <c r="B72" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="73" spans="1:26" customHeight="1" ht="936">
+    <row r="73" spans="1:26" customHeight="1" ht="918">
       <c r="A73"/>
       <c r="B73" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="74" spans="1:26" customHeight="1" ht="431">
+    <row r="74" spans="1:26" customHeight="1" ht="923">
       <c r="A74"/>
       <c r="B74" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="75" spans="1:26" customHeight="1" ht="437">
+    <row r="75" spans="1:26" customHeight="1" ht="932">
       <c r="A75"/>
       <c r="B75" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="76" spans="1:26" customHeight="1" ht="433">
+    <row r="76" spans="1:26" customHeight="1" ht="906">
       <c r="A76"/>
       <c r="B76" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="77" spans="1:26" customHeight="1" ht="437">
+    <row r="77" spans="1:26" customHeight="1" ht="924">
       <c r="A77"/>
       <c r="B77" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="78" spans="1:26" customHeight="1" ht="439">
+    <row r="78" spans="1:26" customHeight="1" ht="936">
       <c r="A78"/>
       <c r="B78" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="79" spans="1:26" customHeight="1" ht="439">
+    <row r="79" spans="1:26" customHeight="1" ht="431">
       <c r="A79"/>
       <c r="B79" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="80" spans="1:26" customHeight="1" ht="440">
+    <row r="80" spans="1:26" customHeight="1" ht="437">
       <c r="A80"/>
       <c r="B80" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="81" spans="1:26" customHeight="1" ht="441">
+    <row r="81" spans="1:26" customHeight="1" ht="433">
       <c r="A81"/>
       <c r="B81" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="82" spans="1:26" customHeight="1" ht="433">
+    <row r="82" spans="1:26" customHeight="1" ht="437">
       <c r="A82"/>
       <c r="B82" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="83" spans="1:26" customHeight="1" ht="431">
+    <row r="83" spans="1:26" customHeight="1" ht="439">
       <c r="A83"/>
       <c r="B83" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="84" spans="1:26" customHeight="1" ht="433">
+    <row r="84" spans="1:26" customHeight="1" ht="439">
       <c r="A84"/>
       <c r="B84" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="85" spans="1:26" customHeight="1" ht="437">
+    <row r="85" spans="1:26" customHeight="1" ht="440">
       <c r="A85"/>
       <c r="B85" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="86" spans="1:26" customHeight="1" ht="465">
+    <row r="86" spans="1:26" customHeight="1" ht="441">
       <c r="A86"/>
       <c r="B86" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="87" spans="1:26" customHeight="1" ht="1004">
+    <row r="87" spans="1:26" customHeight="1" ht="433">
       <c r="A87"/>
       <c r="B87" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="88" spans="1:26" customHeight="1" ht="952">
+    <row r="88" spans="1:26" customHeight="1" ht="431">
       <c r="A88"/>
       <c r="B88" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="89" spans="1:26" customHeight="1" ht="948">
+    <row r="89" spans="1:26" customHeight="1" ht="433">
       <c r="A89"/>
       <c r="B89" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="90" spans="1:26" customHeight="1" ht="960">
+    <row r="90" spans="1:26" customHeight="1" ht="437">
       <c r="A90"/>
       <c r="B90" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="91" spans="1:26" customHeight="1" ht="387">
+    <row r="91" spans="1:26" customHeight="1" ht="465">
       <c r="A91"/>
       <c r="B91" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="92" spans="1:26" customHeight="1" ht="393">
+    <row r="92" spans="1:26" customHeight="1" ht="1004">
       <c r="A92"/>
       <c r="B92" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="93" spans="1:26" customHeight="1" ht="382">
+    <row r="93" spans="1:26" customHeight="1" ht="952">
       <c r="A93"/>
       <c r="B93" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="94" spans="1:26" customHeight="1" ht="391">
+    <row r="94" spans="1:26" customHeight="1" ht="948">
       <c r="A94"/>
       <c r="B94" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="95" spans="1:26" customHeight="1" ht="929">
+    <row r="95" spans="1:26" customHeight="1" ht="960">
       <c r="A95"/>
       <c r="B95" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="96" spans="1:26" customHeight="1" ht="945">
+    <row r="96" spans="1:26" customHeight="1" ht="387">
       <c r="A96"/>
       <c r="B96" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="97" spans="1:26" customHeight="1" ht="383">
+    <row r="97" spans="1:26" customHeight="1" ht="393">
       <c r="A97"/>
       <c r="B97" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="98" spans="1:26" customHeight="1" ht="929">
+    <row r="98" spans="1:26" customHeight="1" ht="382">
       <c r="A98"/>
       <c r="B98" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="99" spans="1:26" customHeight="1" ht="946">
+    <row r="99" spans="1:26" customHeight="1" ht="391">
       <c r="A99"/>
       <c r="B99" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="100" spans="1:26" customHeight="1" ht="962">
+    <row r="100" spans="1:26" customHeight="1" ht="929">
       <c r="A100"/>
       <c r="B100" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="101" spans="1:26" customHeight="1" ht="901">
+    <row r="101" spans="1:26" customHeight="1" ht="945">
       <c r="A101"/>
       <c r="B101" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="102" spans="1:26" customHeight="1" ht="391">
+    <row r="102" spans="1:26" customHeight="1" ht="383">
       <c r="A102"/>
       <c r="B102" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="103" spans="1:26" customHeight="1" ht="386">
+    <row r="103" spans="1:26" customHeight="1" ht="929">
       <c r="A103"/>
       <c r="B103" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="104" spans="1:26" customHeight="1" ht="992">
+    <row r="104" spans="1:26" customHeight="1" ht="946">
       <c r="A104"/>
       <c r="B104" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="105" spans="1:26" customHeight="1" ht="990">
+    <row r="105" spans="1:26" customHeight="1" ht="962">
       <c r="A105"/>
       <c r="B105" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="106" spans="1:26" customHeight="1" ht="992">
+    <row r="106" spans="1:26" customHeight="1" ht="901">
       <c r="A106"/>
       <c r="B106" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="107" spans="1:26" customHeight="1" ht="1003">
+    <row r="107" spans="1:26" customHeight="1" ht="391">
       <c r="A107"/>
       <c r="B107" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="108" spans="1:26" customHeight="1" ht="391">
+    <row r="108" spans="1:26" customHeight="1" ht="386">
       <c r="A108"/>
       <c r="B108" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="109" spans="1:26" customHeight="1" ht="374">
+    <row r="109" spans="1:26" customHeight="1" ht="992">
       <c r="A109"/>
       <c r="B109" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="110" spans="1:26" customHeight="1" ht="943">
+    <row r="110" spans="1:26" customHeight="1" ht="990">
       <c r="A110"/>
       <c r="B110" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="111" spans="1:26" customHeight="1" ht="379">
+    <row r="111" spans="1:26" customHeight="1" ht="992">
       <c r="A111"/>
       <c r="B111" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="112" spans="1:26" customHeight="1" ht="969">
+    <row r="112" spans="1:26" customHeight="1" ht="1003">
       <c r="A112"/>
       <c r="B112" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="113" spans="1:26" customHeight="1" ht="383">
+    <row r="113" spans="1:26" customHeight="1" ht="391">
       <c r="A113"/>
       <c r="B113" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="114" spans="1:26" customHeight="1" ht="984">
+    <row r="114" spans="1:26" customHeight="1" ht="374">
       <c r="A114"/>
       <c r="B114" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="115" spans="1:26" customHeight="1" ht="390">
+    <row r="115" spans="1:26" customHeight="1" ht="943">
       <c r="A115"/>
       <c r="B115" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="116" spans="1:26" customHeight="1" ht="981">
+    <row r="116" spans="1:26" customHeight="1" ht="379">
       <c r="A116"/>
       <c r="B116" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="117" spans="1:26" customHeight="1" ht="944">
+    <row r="117" spans="1:26" customHeight="1" ht="969">
       <c r="A117"/>
       <c r="B117" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="118" spans="1:26" customHeight="1" ht="959">
+    <row r="118" spans="1:26" customHeight="1" ht="383">
       <c r="A118"/>
       <c r="B118" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="119" spans="1:26" customHeight="1" ht="391">
+    <row r="119" spans="1:26" customHeight="1" ht="984">
       <c r="A119"/>
       <c r="B119" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="120" spans="1:26" customHeight="1" ht="378">
+    <row r="120" spans="1:26" customHeight="1" ht="390">
       <c r="A120"/>
       <c r="B120" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="121" spans="1:26" customHeight="1" ht="368">
+    <row r="121" spans="1:26" customHeight="1" ht="981">
       <c r="A121"/>
       <c r="B121" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="122" spans="1:26" customHeight="1" ht="376">
+    <row r="122" spans="1:26" customHeight="1" ht="944">
       <c r="A122"/>
       <c r="B122" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="123" spans="1:26" customHeight="1" ht="481">
+    <row r="123" spans="1:26" customHeight="1" ht="959">
       <c r="A123"/>
       <c r="B123" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="124" spans="1:26" customHeight="1" ht="816">
+    <row r="124" spans="1:26" customHeight="1" ht="391">
       <c r="A124"/>
       <c r="B124" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="125" spans="1:26" customHeight="1" ht="459">
+    <row r="125" spans="1:26" customHeight="1" ht="378">
       <c r="A125"/>
       <c r="B125" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="126" spans="1:26" customHeight="1" ht="410">
+    <row r="126" spans="1:26" customHeight="1" ht="368">
       <c r="A126"/>
       <c r="B126" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="127" spans="1:26" customHeight="1" ht="498">
+    <row r="127" spans="1:26" customHeight="1" ht="376">
       <c r="A127"/>
       <c r="B127" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="128" spans="1:26" customHeight="1" ht="740">
+    <row r="128" spans="1:26" customHeight="1" ht="481">
       <c r="A128"/>
       <c r="B128" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="129" spans="1:26" customHeight="1" ht="829">
+    <row r="129" spans="1:26" customHeight="1" ht="816">
       <c r="A129"/>
       <c r="B129" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="130" spans="1:26" customHeight="1" ht="565">
+    <row r="130" spans="1:26" customHeight="1" ht="459">
       <c r="A130"/>
       <c r="B130" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="131" spans="1:26" customHeight="1" ht="382">
+    <row r="131" spans="1:26" customHeight="1" ht="410">
       <c r="A131"/>
       <c r="B131" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="132" spans="1:26" customHeight="1" ht="405">
+    <row r="132" spans="1:26" customHeight="1" ht="498">
       <c r="A132"/>
       <c r="B132" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="133" spans="1:26" customHeight="1" ht="914">
+    <row r="133" spans="1:26" customHeight="1" ht="740">
       <c r="A133"/>
       <c r="B133" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="134" spans="1:26" customHeight="1" ht="382">
+    <row r="134" spans="1:26" customHeight="1" ht="829">
       <c r="A134"/>
       <c r="B134" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="135" spans="1:26" customHeight="1" ht="379">
+    <row r="135" spans="1:26" customHeight="1" ht="565">
       <c r="A135"/>
       <c r="B135" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="136" spans="1:26" customHeight="1" ht="384">
+    <row r="136" spans="1:26" customHeight="1" ht="382">
       <c r="A136"/>
       <c r="B136" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="137" spans="1:26" customHeight="1" ht="365">
+    <row r="137" spans="1:26" customHeight="1" ht="405">
       <c r="A137"/>
       <c r="B137" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="138" spans="1:26" customHeight="1" ht="913">
+    <row r="138" spans="1:26" customHeight="1" ht="914">
       <c r="A138"/>
       <c r="B138" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="139" spans="1:26" customHeight="1" ht="388">
+    <row r="139" spans="1:26" customHeight="1" ht="382">
       <c r="A139"/>
       <c r="B139" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="140" spans="1:26" customHeight="1" ht="384">
+    <row r="140" spans="1:26" customHeight="1" ht="379">
       <c r="A140"/>
       <c r="B140" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="141" spans="1:26" customHeight="1" ht="392">
+    <row r="141" spans="1:26" customHeight="1" ht="384">
       <c r="A141"/>
       <c r="B141" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="142" spans="1:26" customHeight="1" ht="912">
+    <row r="142" spans="1:26" customHeight="1" ht="365">
       <c r="A142"/>
       <c r="B142" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="143" spans="1:26" customHeight="1" ht="939">
+    <row r="143" spans="1:26" customHeight="1" ht="913">
       <c r="A143"/>
       <c r="B143" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="144" spans="1:26" customHeight="1" ht="453">
+    <row r="144" spans="1:26" customHeight="1" ht="388">
       <c r="A144"/>
       <c r="B144" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="145" spans="1:26" customHeight="1" ht="413">
+    <row r="145" spans="1:26" customHeight="1" ht="384">
       <c r="A145"/>
       <c r="B145" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="146" spans="1:26" customHeight="1" ht="398">
+    <row r="146" spans="1:26" customHeight="1" ht="392">
       <c r="A146"/>
       <c r="B146" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="147" spans="1:26" customHeight="1" ht="416">
+    <row r="147" spans="1:26" customHeight="1" ht="912">
       <c r="A147"/>
       <c r="B147" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="148" spans="1:26" customHeight="1" ht="847">
+    <row r="148" spans="1:26" customHeight="1" ht="939">
       <c r="A148"/>
       <c r="B148" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="149" spans="1:26" customHeight="1" ht="840">
+    <row r="149" spans="1:26" customHeight="1" ht="453">
       <c r="A149"/>
       <c r="B149" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="150" spans="1:26" customHeight="1" ht="465">
+    <row r="150" spans="1:26" customHeight="1" ht="413">
       <c r="A150"/>
       <c r="B150" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="151" spans="1:26" customHeight="1" ht="288">
+    <row r="151" spans="1:26" customHeight="1" ht="398">
       <c r="A151"/>
       <c r="B151" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="152" spans="1:26" customHeight="1" ht="478">
+    <row r="152" spans="1:26" customHeight="1" ht="416">
       <c r="A152"/>
       <c r="B152" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="153" spans="1:26" customHeight="1" ht="486">
+    <row r="153" spans="1:26" customHeight="1" ht="847">
       <c r="A153"/>
       <c r="B153" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="154" spans="1:26" customHeight="1" ht="787">
+    <row r="154" spans="1:26" customHeight="1" ht="840">
       <c r="A154"/>
       <c r="B154" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="155" spans="1:26" customHeight="1" ht="958">
+    <row r="155" spans="1:26" customHeight="1" ht="465">
       <c r="A155"/>
       <c r="B155" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="156" spans="1:26" customHeight="1" ht="597">
+    <row r="156" spans="1:26" customHeight="1" ht="288">
       <c r="A156"/>
       <c r="B156" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="157" spans="1:26" customHeight="1" ht="595">
+    <row r="157" spans="1:26" customHeight="1" ht="478">
       <c r="A157"/>
       <c r="B157" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="158" spans="1:26" customHeight="1" ht="612">
+    <row r="158" spans="1:26" customHeight="1" ht="486">
       <c r="A158"/>
       <c r="B158" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="159" spans="1:26" customHeight="1" ht="589">
+    <row r="159" spans="1:26" customHeight="1" ht="787">
       <c r="A159"/>
       <c r="B159" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="160" spans="1:26" customHeight="1" ht="612">
+    <row r="160" spans="1:26" customHeight="1" ht="958">
       <c r="A160"/>
       <c r="B160" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="161" spans="1:26" customHeight="1" ht="614">
+    <row r="161" spans="1:26" customHeight="1" ht="597">
       <c r="A161"/>
       <c r="B161" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="162" spans="1:26" customHeight="1" ht="621">
+    <row r="162" spans="1:26" customHeight="1" ht="595">
       <c r="A162"/>
       <c r="B162" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="163" spans="1:26" customHeight="1" ht="589">
+    <row r="163" spans="1:26" customHeight="1" ht="612">
       <c r="A163"/>
       <c r="B163" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="164" spans="1:26" customHeight="1" ht="606">
+    <row r="164" spans="1:26" customHeight="1" ht="589">
       <c r="A164"/>
       <c r="B164" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="165" spans="1:26" customHeight="1" ht="600">
+    <row r="165" spans="1:26" customHeight="1" ht="612">
       <c r="A165"/>
       <c r="B165" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="166" spans="1:26">
+    <row r="166" spans="1:26" customHeight="1" ht="614">
+      <c r="A166"/>
       <c r="B166" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="167" spans="1:26">
+    <row r="167" spans="1:26" customHeight="1" ht="621">
+      <c r="A167"/>
       <c r="B167" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="168" spans="1:26">
+    <row r="168" spans="1:26" customHeight="1" ht="589">
+      <c r="A168"/>
       <c r="B168" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="169" spans="1:26">
+    <row r="169" spans="1:26" customHeight="1" ht="606">
+      <c r="A169"/>
       <c r="B169" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="170" spans="1:26">
+    <row r="170" spans="1:26" customHeight="1" ht="600">
+      <c r="A170"/>
       <c r="B170" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="171" spans="1:26" customHeight="1" ht="438">
-      <c r="A171"/>
+    <row r="171" spans="1:26">
       <c r="B171" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="172" spans="1:26" customHeight="1" ht="425">
-      <c r="A172"/>
+    <row r="172" spans="1:26">
       <c r="B172" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="173" spans="1:26" customHeight="1" ht="746">
-      <c r="A173"/>
+    <row r="173" spans="1:26">
       <c r="B173" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="174" spans="1:26" customHeight="1" ht="392">
-      <c r="A174"/>
+    <row r="174" spans="1:26">
       <c r="B174" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="175" spans="1:26" customHeight="1" ht="911">
-      <c r="A175"/>
+    <row r="175" spans="1:26">
       <c r="B175" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="176" spans="1:26" customHeight="1" ht="518">
+    <row r="176" spans="1:26" customHeight="1" ht="438">
       <c r="A176"/>
       <c r="B176" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="177" spans="1:26" customHeight="1" ht="824">
+    <row r="177" spans="1:26" customHeight="1" ht="396">
       <c r="A177"/>
       <c r="B177" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="178" spans="1:26" customHeight="1" ht="859">
+    <row r="178" spans="1:26" customHeight="1" ht="425">
       <c r="A178"/>
       <c r="B178" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="179" spans="1:26" customHeight="1" ht="902">
+    <row r="179" spans="1:26" customHeight="1" ht="746">
       <c r="A179"/>
       <c r="B179" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="180" spans="1:26">
+    <row r="180" spans="1:26" customHeight="1" ht="392">
+      <c r="A180"/>
       <c r="B180" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="181" spans="1:26">
+    <row r="181" spans="1:26" customHeight="1" ht="911">
+      <c r="A181"/>
       <c r="B181" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="182" spans="1:26">
+    <row r="182" spans="1:26" customHeight="1" ht="518">
+      <c r="A182"/>
       <c r="B182" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="183" spans="1:26">
+    <row r="183" spans="1:26" customHeight="1" ht="824">
+      <c r="A183"/>
       <c r="B183" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="184" spans="1:26">
+    <row r="184" spans="1:26" customHeight="1" ht="859">
+      <c r="A184"/>
       <c r="B184" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="185" spans="1:26">
+    <row r="185" spans="1:26" customHeight="1" ht="902">
+      <c r="A185"/>
       <c r="B185" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="186" spans="1:26">
+    <row r="186" spans="1:26" customHeight="1" ht="923">
+      <c r="A186"/>
       <c r="B186" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="B187" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="B188" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="B189" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="B190" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="191" spans="1:26">
@@ -18772,135 +19169,135 @@
     <row r="334" spans="1:26">
       <c r="B334" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="B335" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="B336" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="B337" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="B338" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="339" spans="1:26" customHeight="1" ht="927">
-      <c r="A339"/>
+    <row r="339" spans="1:26">
       <c r="B339" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="B340" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="B341" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="B342" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="B343" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="B344" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="345" spans="1:26" customHeight="1" ht="816">
-      <c r="A345"/>
+    <row r="345" spans="1:26">
       <c r="B345" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="346" spans="1:26" customHeight="1" ht="838">
+    <row r="346" spans="1:26" customHeight="1" ht="927">
       <c r="A346"/>
       <c r="B346" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="B347" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="348" spans="1:26" customHeight="1" ht="829">
-      <c r="A348"/>
+    <row r="348" spans="1:26">
       <c r="B348" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="B349" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="B350" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="B351" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="352" spans="1:26">
+    <row r="352" spans="1:26" customHeight="1" ht="816">
+      <c r="A352"/>
       <c r="B352" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="353" spans="1:26">
+    <row r="353" spans="1:26" customHeight="1" ht="838">
+      <c r="A353"/>
       <c r="B353" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="B354" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="355" spans="1:26">
+    <row r="355" spans="1:26" customHeight="1" ht="829">
+      <c r="A355"/>
       <c r="B355" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="B356" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="B357" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="B358" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="B359" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="360" spans="1:26">
@@ -19041,87 +19438,87 @@
     <row r="387" spans="1:26">
       <c r="B387" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="B388" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="B389" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="B390" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="B391" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="392" spans="1:26" customHeight="1" ht="541">
-      <c r="A392"/>
+    <row r="392" spans="1:26">
       <c r="B392" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="B393" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="B394" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="B395" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="B396" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="B397" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="B398" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="399" spans="1:26">
+    <row r="399" spans="1:26" customHeight="1" ht="541">
+      <c r="A399"/>
       <c r="B399" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="B400" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="B401" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="B402" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="B403" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="404" spans="1:26">
@@ -19247,556 +19644,556 @@
     <row r="428" spans="1:26">
       <c r="B428" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="B429" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="B430" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="B431" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="B432" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="433" spans="1:26" customHeight="1" ht="1035">
-      <c r="A433"/>
+    <row r="433" spans="1:26">
       <c r="B433" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="B434" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="B435" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="B436" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="B437" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="B438" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="B439" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="440" spans="1:26">
+    <row r="440" spans="1:26" customHeight="1" ht="1035">
+      <c r="A440"/>
       <c r="B440" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="B441" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="442" spans="1:26" customHeight="1" ht="1136">
-      <c r="A442"/>
+    <row r="442" spans="1:26">
       <c r="B442" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="B443" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="B444" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="B445" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="B446" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="B447" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="B448" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="449" spans="1:26">
+    <row r="449" spans="1:26" customHeight="1" ht="1136">
+      <c r="A449"/>
       <c r="B449" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="B450" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="B451" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="B452" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="B453" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="454" spans="1:26" customHeight="1" ht="800">
-      <c r="A454"/>
+    <row r="454" spans="1:26">
       <c r="B454" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="455" spans="1:26" customHeight="1" ht="837">
-      <c r="A455"/>
+    <row r="455" spans="1:26">
       <c r="B455" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="B456" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="457" spans="1:26" customHeight="1" ht="865">
-      <c r="A457"/>
+    <row r="457" spans="1:26">
       <c r="B457" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="B458" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="B459" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="B460" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="461" spans="1:26">
+    <row r="461" spans="1:26" customHeight="1" ht="800">
+      <c r="A461"/>
       <c r="B461" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="462" spans="1:26">
+    <row r="462" spans="1:26" customHeight="1" ht="837">
+      <c r="A462"/>
       <c r="B462" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="B463" t="s">
         <v>465</v>
       </c>
     </row>
-    <row r="464" spans="1:26">
+    <row r="464" spans="1:26" customHeight="1" ht="865">
+      <c r="A464"/>
       <c r="B464" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="B465" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="B466" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="B467" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="B468" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="B469" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="B470" t="s">
         <v>472</v>
       </c>
     </row>
-    <row r="471" spans="1:26" customHeight="1" ht="619">
-      <c r="A471"/>
+    <row r="471" spans="1:26">
       <c r="B471" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="B472" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="B473" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="B474" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="B475" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="B476" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="B477" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="478" spans="1:26">
+    <row r="478" spans="1:26" customHeight="1" ht="619">
+      <c r="A478"/>
       <c r="B478" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="B479" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="B480" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="B481" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="B482" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="B483" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="484" spans="1:26" customHeight="1" ht="556">
-      <c r="A484"/>
+    <row r="484" spans="1:26">
       <c r="B484" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="B485" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="B486" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="B487" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="488" spans="1:26" customHeight="1" ht="848">
-      <c r="A488"/>
+    <row r="488" spans="1:26">
       <c r="B488" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="B489" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="B490" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="491" spans="1:26" customHeight="1" ht="819">
+    <row r="491" spans="1:26" customHeight="1" ht="556">
       <c r="A491"/>
       <c r="B491" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="492" spans="1:26">
       <c r="B492" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="B493" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="B494" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="495" spans="1:26">
+    <row r="495" spans="1:26" customHeight="1" ht="848">
+      <c r="A495"/>
       <c r="B495" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="496" spans="1:26" customHeight="1" ht="585">
-      <c r="A496"/>
+    <row r="496" spans="1:26">
       <c r="B496" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="B497" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="498" spans="1:26">
+    <row r="498" spans="1:26" customHeight="1" ht="819">
+      <c r="A498"/>
       <c r="B498" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="B499" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="B500" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="B501" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="B502" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="503" spans="1:26">
+    <row r="503" spans="1:26" customHeight="1" ht="585">
+      <c r="A503"/>
       <c r="B503" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="B504" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="B505" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="B506" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="B507" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="B508" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="509" spans="1:26" customHeight="1" ht="845">
-      <c r="A509"/>
+    <row r="509" spans="1:26">
       <c r="B509" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="B510" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="B511" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="B512" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="B513" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="B514" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="B515" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="516" spans="1:26" customHeight="1" ht="850">
+    <row r="516" spans="1:26" customHeight="1" ht="845">
       <c r="A516"/>
       <c r="B516" t="s">
         <v>518</v>
       </c>
     </row>
-    <row r="517" spans="1:26" customHeight="1" ht="826">
-      <c r="A517"/>
+    <row r="517" spans="1:26">
       <c r="B517" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="B518" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="B519" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="B520" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="521" spans="1:26" customHeight="1" ht="840">
-      <c r="A521"/>
+    <row r="521" spans="1:26">
       <c r="B521" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="B522" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="523" spans="1:26">
+    <row r="523" spans="1:26" customHeight="1" ht="850">
+      <c r="A523"/>
       <c r="B523" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="524" spans="1:26" customHeight="1" ht="785">
+    <row r="524" spans="1:26" customHeight="1" ht="826">
       <c r="A524"/>
       <c r="B524" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="B525" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="B526" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="B527" t="s">
         <v>529</v>
       </c>
     </row>
-    <row r="528" spans="1:26">
+    <row r="528" spans="1:26" customHeight="1" ht="840">
+      <c r="A528"/>
       <c r="B528" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="B529" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="B530" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="531" spans="1:26">
+    <row r="531" spans="1:26" customHeight="1" ht="785">
+      <c r="A531"/>
       <c r="B531" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="B532" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="B533" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="B534" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="B535" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="536" spans="1:26">
@@ -20007,236 +20404,236 @@
     <row r="577" spans="1:26">
       <c r="B577" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="B578" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="B579" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="B580" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="581" spans="1:26">
       <c r="B581" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="582" spans="1:26" customHeight="1" ht="824">
-      <c r="A582"/>
+    <row r="582" spans="1:26">
       <c r="B582" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="583" spans="1:26">
       <c r="B583" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="584" spans="1:26">
       <c r="B584" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="B585" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="B586" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="587" spans="1:26" customHeight="1" ht="797">
-      <c r="A587"/>
+    <row r="587" spans="1:26">
       <c r="B587" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="588" spans="1:26" customHeight="1" ht="1003">
-      <c r="A588"/>
+    <row r="588" spans="1:26">
       <c r="B588" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="589" spans="1:26">
+    <row r="589" spans="1:26" customHeight="1" ht="824">
+      <c r="A589"/>
       <c r="B589" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="B590" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="B591" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="B592" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="593" spans="1:26" customHeight="1" ht="774">
-      <c r="A593"/>
+    <row r="593" spans="1:26">
       <c r="B593" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="594" spans="1:26" customHeight="1" ht="769">
+    <row r="594" spans="1:26" customHeight="1" ht="797">
       <c r="A594"/>
       <c r="B594" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="595" spans="1:26">
+    <row r="595" spans="1:26" customHeight="1" ht="1003">
+      <c r="A595"/>
       <c r="B595" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="B596" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="B597" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="B598" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="599" spans="1:26" customHeight="1" ht="762">
-      <c r="A599"/>
+    <row r="599" spans="1:26">
       <c r="B599" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="600" spans="1:26" customHeight="1" ht="817">
+    <row r="600" spans="1:26" customHeight="1" ht="774">
       <c r="A600"/>
       <c r="B600" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="601" spans="1:26">
+    <row r="601" spans="1:26" customHeight="1" ht="769">
+      <c r="A601"/>
       <c r="B601" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="B602" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="B603" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="604" spans="1:26" customHeight="1" ht="608">
-      <c r="A604"/>
+    <row r="604" spans="1:26">
       <c r="B604" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="605" spans="1:26" customHeight="1" ht="757">
-      <c r="A605"/>
+    <row r="605" spans="1:26">
       <c r="B605" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="606" spans="1:26">
+    <row r="606" spans="1:26" customHeight="1" ht="762">
+      <c r="A606"/>
       <c r="B606" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="607" spans="1:26">
+    <row r="607" spans="1:26" customHeight="1" ht="817">
+      <c r="A607"/>
       <c r="B607" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="B608" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="B609" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="610" spans="1:26" customHeight="1" ht="848">
-      <c r="A610"/>
+    <row r="610" spans="1:26">
       <c r="B610" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="611" spans="1:26">
+    <row r="611" spans="1:26" customHeight="1" ht="608">
+      <c r="A611"/>
       <c r="B611" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="612" spans="1:26">
+    <row r="612" spans="1:26" customHeight="1" ht="757">
+      <c r="A612"/>
       <c r="B612" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="B613" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="B614" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="B615" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="B616" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="617" spans="1:26">
+    <row r="617" spans="1:26" customHeight="1" ht="848">
+      <c r="A617"/>
       <c r="B617" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="B618" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="B619" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="B620" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="B621" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="622" spans="1:26">
@@ -20312,283 +20709,283 @@
     <row r="636" spans="1:26">
       <c r="B636" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="B637" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="B638" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="B639" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="B640" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="641" spans="1:26" customHeight="1" ht="907">
-      <c r="A641"/>
+    <row r="641" spans="1:26">
       <c r="B641" t="s">
         <v>643</v>
       </c>
     </row>
-    <row r="642" spans="1:26" customHeight="1" ht="846">
-      <c r="A642"/>
+    <row r="642" spans="1:26">
       <c r="B642" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="B643" t="s">
         <v>645</v>
       </c>
     </row>
-    <row r="644" spans="1:26" customHeight="1" ht="1163">
-      <c r="A644"/>
+    <row r="644" spans="1:26">
       <c r="B644" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="645" spans="1:26" customHeight="1" ht="808">
-      <c r="A645"/>
+    <row r="645" spans="1:26">
       <c r="B645" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="B646" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="647" spans="1:26" customHeight="1" ht="797">
-      <c r="A647"/>
+    <row r="647" spans="1:26">
       <c r="B647" t="s">
         <v>649</v>
       </c>
     </row>
-    <row r="648" spans="1:26" customHeight="1" ht="704">
+    <row r="648" spans="1:26" customHeight="1" ht="907">
       <c r="A648"/>
       <c r="B648" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="649" spans="1:26" customHeight="1" ht="840">
+    <row r="649" spans="1:26" customHeight="1" ht="846">
       <c r="A649"/>
       <c r="B649" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="650" spans="1:26" customHeight="1" ht="853">
-      <c r="A650"/>
+    <row r="650" spans="1:26">
       <c r="B650" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="651" spans="1:26" customHeight="1" ht="813">
+    <row r="651" spans="1:26" customHeight="1" ht="1163">
       <c r="A651"/>
       <c r="B651" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="652" spans="1:26">
+    <row r="652" spans="1:26" customHeight="1" ht="808">
+      <c r="A652"/>
       <c r="B652" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="653" spans="1:26">
       <c r="B653" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="654" spans="1:26" customHeight="1" ht="803">
+    <row r="654" spans="1:26" customHeight="1" ht="797">
       <c r="A654"/>
       <c r="B654" t="s">
         <v>656</v>
       </c>
     </row>
-    <row r="655" spans="1:26" customHeight="1" ht="819">
+    <row r="655" spans="1:26" customHeight="1" ht="704">
       <c r="A655"/>
       <c r="B655" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="656" spans="1:26">
+    <row r="656" spans="1:26" customHeight="1" ht="840">
+      <c r="A656"/>
       <c r="B656" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="657" spans="1:26">
+    <row r="657" spans="1:26" customHeight="1" ht="853">
+      <c r="A657"/>
       <c r="B657" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="658" spans="1:26" customHeight="1" ht="819">
+    <row r="658" spans="1:26" customHeight="1" ht="813">
       <c r="A658"/>
       <c r="B658" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="659" spans="1:26">
       <c r="B659" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="660" spans="1:26">
       <c r="B660" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="661" spans="1:26">
+    <row r="661" spans="1:26" customHeight="1" ht="803">
+      <c r="A661"/>
       <c r="B661" t="s">
         <v>663</v>
       </c>
     </row>
-    <row r="662" spans="1:26">
+    <row r="662" spans="1:26" customHeight="1" ht="819">
+      <c r="A662"/>
       <c r="B662" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="663" spans="1:26">
       <c r="B663" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="664" spans="1:26">
       <c r="B664" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="665" spans="1:26">
+    <row r="665" spans="1:26" customHeight="1" ht="819">
+      <c r="A665"/>
       <c r="B665" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="666" spans="1:26">
       <c r="B666" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="667" spans="1:26">
       <c r="B667" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="668" spans="1:26">
       <c r="B668" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="669" spans="1:26">
       <c r="B669" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="670" spans="1:26">
       <c r="B670" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="671" spans="1:26">
       <c r="B671" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="672" spans="1:26">
       <c r="B672" t="s">
         <v>674</v>
       </c>
     </row>
-    <row r="673" spans="1:26" customHeight="1" ht="850">
-      <c r="A673"/>
+    <row r="673" spans="1:26">
       <c r="B673" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="674" spans="1:26" customHeight="1" ht="830">
-      <c r="A674"/>
+    <row r="674" spans="1:26">
       <c r="B674" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="675" spans="1:26" customHeight="1" ht="842">
-      <c r="A675"/>
+    <row r="675" spans="1:26">
       <c r="B675" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="676" spans="1:26" customHeight="1" ht="773">
-      <c r="A676"/>
+    <row r="676" spans="1:26">
       <c r="B676" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="677" spans="1:26" customHeight="1" ht="841">
-      <c r="A677"/>
+    <row r="677" spans="1:26">
       <c r="B677" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="678" spans="1:26">
       <c r="B678" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="679" spans="1:26">
       <c r="B679" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="680" spans="1:26">
+    <row r="680" spans="1:26" customHeight="1" ht="850">
+      <c r="A680"/>
       <c r="B680" t="s">
         <v>682</v>
       </c>
     </row>
-    <row r="681" spans="1:26">
+    <row r="681" spans="1:26" customHeight="1" ht="830">
+      <c r="A681"/>
       <c r="B681" t="s">
         <v>683</v>
       </c>
     </row>
-    <row r="682" spans="1:26">
+    <row r="682" spans="1:26" customHeight="1" ht="842">
+      <c r="A682"/>
       <c r="B682" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="683" spans="1:26">
+    <row r="683" spans="1:26" customHeight="1" ht="773">
+      <c r="A683"/>
       <c r="B683" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="684" spans="1:26">
+    <row r="684" spans="1:26" customHeight="1" ht="841">
+      <c r="A684"/>
       <c r="B684" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="685" spans="1:26">
       <c r="B685" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="686" spans="1:26">
       <c r="B686" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="687" spans="1:26">
       <c r="B687" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="688" spans="1:26">
       <c r="B688" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="689" spans="1:26">
@@ -20744,629 +21141,630 @@
     <row r="719" spans="1:26">
       <c r="B719" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="720" spans="1:26">
       <c r="B720" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="721" spans="1:26">
       <c r="B721" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="722" spans="1:26">
       <c r="B722" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="723" spans="1:26">
       <c r="B723" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="724" spans="1:26" customHeight="1" ht="1048">
-      <c r="A724"/>
+    <row r="724" spans="1:26">
       <c r="B724" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="725" spans="1:26">
       <c r="B725" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="726" spans="1:26">
       <c r="B726" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="727" spans="1:26">
       <c r="B727" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="728" spans="1:26">
       <c r="B728" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="729" spans="1:26">
       <c r="B729" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="730" spans="1:26">
       <c r="B730" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="731" spans="1:26">
+    <row r="731" spans="1:26" customHeight="1" ht="1048">
+      <c r="A731"/>
       <c r="B731" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="732" spans="1:26">
       <c r="B732" t="s">
         <v>734</v>
       </c>
     </row>
-    <row r="733" spans="1:26" customHeight="1" ht="894">
-      <c r="A733"/>
+    <row r="733" spans="1:26">
       <c r="B733" t="s">
         <v>735</v>
       </c>
     </row>
-    <row r="734" spans="1:26" customHeight="1" ht="918">
-      <c r="A734"/>
+    <row r="734" spans="1:26">
       <c r="B734" t="s">
         <v>736</v>
       </c>
     </row>
-    <row r="735" spans="1:26" customHeight="1" ht="922">
-      <c r="A735"/>
+    <row r="735" spans="1:26">
       <c r="B735" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="736" spans="1:26" customHeight="1" ht="646">
-      <c r="A736"/>
+    <row r="736" spans="1:26">
       <c r="B736" t="s">
         <v>738</v>
       </c>
     </row>
-    <row r="737" spans="1:26">
+    <row r="737" spans="1:26" customHeight="1" ht="736">
+      <c r="A737"/>
       <c r="B737" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="738" spans="1:26">
       <c r="B738" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="739" spans="1:26">
       <c r="B739" t="s">
         <v>741</v>
       </c>
     </row>
-    <row r="740" spans="1:26" customHeight="1" ht="690">
+    <row r="740" spans="1:26" customHeight="1" ht="894">
       <c r="A740"/>
       <c r="B740" t="s">
         <v>742</v>
       </c>
     </row>
-    <row r="741" spans="1:26" customHeight="1" ht="690">
+    <row r="741" spans="1:26" customHeight="1" ht="918">
       <c r="A741"/>
       <c r="B741" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="742" spans="1:26" customHeight="1" ht="690">
+    <row r="742" spans="1:26" customHeight="1" ht="922">
       <c r="A742"/>
       <c r="B742" t="s">
         <v>744</v>
       </c>
     </row>
-    <row r="743" spans="1:26" customHeight="1" ht="738">
+    <row r="743" spans="1:26" customHeight="1" ht="646">
       <c r="A743"/>
       <c r="B743" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="744" spans="1:26" customHeight="1" ht="738">
-      <c r="A744"/>
+    <row r="744" spans="1:26">
       <c r="B744" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="745" spans="1:26">
       <c r="B745" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="746" spans="1:26">
       <c r="B746" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="747" spans="1:26">
+    <row r="747" spans="1:26" customHeight="1" ht="690">
+      <c r="A747"/>
       <c r="B747" t="s">
         <v>749</v>
       </c>
     </row>
-    <row r="748" spans="1:26" customHeight="1" ht="758">
+    <row r="748" spans="1:26" customHeight="1" ht="690">
       <c r="A748"/>
       <c r="B748" t="s">
         <v>750</v>
       </c>
     </row>
-    <row r="749" spans="1:26">
+    <row r="749" spans="1:26" customHeight="1" ht="690">
+      <c r="A749"/>
       <c r="B749" t="s">
         <v>751</v>
       </c>
     </row>
-    <row r="750" spans="1:26">
+    <row r="750" spans="1:26" customHeight="1" ht="738">
+      <c r="A750"/>
       <c r="B750" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="751" spans="1:26">
+    <row r="751" spans="1:26" customHeight="1" ht="738">
+      <c r="A751"/>
       <c r="B751" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="752" spans="1:26">
       <c r="B752" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="753" spans="1:26">
       <c r="B753" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="754" spans="1:26">
       <c r="B754" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="755" spans="1:26" customHeight="1" ht="991">
+    <row r="755" spans="1:26" customHeight="1" ht="758">
       <c r="A755"/>
       <c r="B755" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="756" spans="1:26">
       <c r="B756" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="757" spans="1:26">
       <c r="B757" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="758" spans="1:26">
       <c r="B758" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="759" spans="1:26">
       <c r="B759" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="760" spans="1:26">
       <c r="B760" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="761" spans="1:26">
       <c r="B761" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="762" spans="1:26" customHeight="1" ht="817">
+    <row r="762" spans="1:26" customHeight="1" ht="991">
       <c r="A762"/>
       <c r="B762" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="763" spans="1:26">
       <c r="B763" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="764" spans="1:26">
       <c r="B764" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="765" spans="1:26">
       <c r="B765" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="766" spans="1:26">
       <c r="B766" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="B767" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="B768" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="769" spans="1:26">
+    <row r="769" spans="1:26" customHeight="1" ht="817">
+      <c r="A769"/>
       <c r="B769" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="B770" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="B771" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="B772" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="B773" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="B774" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="B775" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="776" spans="1:26">
       <c r="B776" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="777" spans="1:26">
       <c r="B777" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="778" spans="1:26">
       <c r="B778" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="779" spans="1:26" customHeight="1" ht="590">
-      <c r="A779"/>
+    <row r="779" spans="1:26">
       <c r="B779" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="780" spans="1:26">
       <c r="B780" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="781" spans="1:26">
       <c r="B781" t="s">
         <v>783</v>
       </c>
     </row>
-    <row r="782" spans="1:26" customHeight="1" ht="844">
-      <c r="A782"/>
+    <row r="782" spans="1:26">
       <c r="B782" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="783" spans="1:26">
       <c r="B783" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="784" spans="1:26">
       <c r="B784" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="785" spans="1:26">
       <c r="B785" t="s">
         <v>787</v>
       </c>
     </row>
-    <row r="786" spans="1:26">
+    <row r="786" spans="1:26" customHeight="1" ht="590">
+      <c r="A786"/>
       <c r="B786" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="787" spans="1:26">
       <c r="B787" t="s">
         <v>789</v>
       </c>
     </row>
-    <row r="788" spans="1:26" customHeight="1" ht="735">
-      <c r="A788"/>
+    <row r="788" spans="1:26">
       <c r="B788" t="s">
         <v>790</v>
       </c>
     </row>
-    <row r="789" spans="1:26">
+    <row r="789" spans="1:26" customHeight="1" ht="844">
+      <c r="A789"/>
       <c r="B789" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="790" spans="1:26">
       <c r="B790" t="s">
         <v>792</v>
       </c>
     </row>
-    <row r="791" spans="1:26" customHeight="1" ht="819">
-      <c r="A791"/>
+    <row r="791" spans="1:26">
       <c r="B791" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="792" spans="1:26">
       <c r="B792" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="793" spans="1:26">
       <c r="B793" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="794" spans="1:26">
       <c r="B794" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="795" spans="1:26">
+    <row r="795" spans="1:26" customHeight="1" ht="735">
+      <c r="A795"/>
       <c r="B795" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="B796" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="B797" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="798" spans="1:26">
+    <row r="798" spans="1:26" customHeight="1" ht="819">
+      <c r="A798"/>
       <c r="B798" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="799" spans="1:26">
       <c r="B799" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="800" spans="1:26">
       <c r="B800" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="801" spans="1:26">
       <c r="B801" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="802" spans="1:26" customHeight="1" ht="765">
-      <c r="A802"/>
+    <row r="802" spans="1:26">
       <c r="B802" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="803" spans="1:26">
       <c r="B803" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="B804" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="B805" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="B806" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="807" spans="1:26" customHeight="1" ht="855">
-      <c r="A807"/>
+    <row r="807" spans="1:26">
       <c r="B807" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="B808" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="809" spans="1:26">
+    <row r="809" spans="1:26" customHeight="1" ht="765">
+      <c r="A809"/>
       <c r="B809" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="B810" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="B811" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="B812" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="B813" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="814" spans="1:26">
+    <row r="814" spans="1:26" customHeight="1" ht="855">
+      <c r="A814"/>
       <c r="B814" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="815" spans="1:26">
       <c r="B815" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="816" spans="1:26">
       <c r="B816" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="817" spans="1:26">
       <c r="B817" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="818" spans="1:26">
       <c r="B818" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="819" spans="1:26" customHeight="1" ht="811">
-      <c r="A819"/>
+    <row r="819" spans="1:26">
       <c r="B819" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="820" spans="1:26" customHeight="1" ht="826">
-      <c r="A820"/>
+    <row r="820" spans="1:26">
       <c r="B820" t="s">
         <v>822</v>
       </c>
     </row>
-    <row r="821" spans="1:26" customHeight="1" ht="808">
-      <c r="A821"/>
+    <row r="821" spans="1:26">
       <c r="B821" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="822" spans="1:26">
       <c r="B822" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="823" spans="1:26">
       <c r="B823" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="824" spans="1:26">
       <c r="B824" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="825" spans="1:26">
       <c r="B825" t="s">
         <v>827</v>
       </c>
     </row>
-    <row r="826" spans="1:26">
+    <row r="826" spans="1:26" customHeight="1" ht="811">
+      <c r="A826"/>
       <c r="B826" t="s">
         <v>828</v>
       </c>
     </row>
-    <row r="827" spans="1:26">
+    <row r="827" spans="1:26" customHeight="1" ht="826">
+      <c r="A827"/>
       <c r="B827" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="828" spans="1:26" customHeight="1" ht="767">
+    <row r="828" spans="1:26" customHeight="1" ht="808">
       <c r="A828"/>
       <c r="B828" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="829" spans="1:26">
       <c r="B829" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="830" spans="1:26">
       <c r="B830" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="831" spans="1:26">
       <c r="B831" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="832" spans="1:26">
       <c r="B832" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="833" spans="1:26">
       <c r="B833" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="834" spans="1:26">
       <c r="B834" t="s">
         <v>836</v>
       </c>
     </row>
-    <row r="835" spans="1:26">
+    <row r="835" spans="1:26" customHeight="1" ht="767">
+      <c r="A835"/>
       <c r="B835" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="836" spans="1:26">
       <c r="B836" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="837" spans="1:26">
       <c r="B837" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="838" spans="1:26">
       <c r="B838" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="839" spans="1:26">
       <c r="B839" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="840" spans="1:26">
@@ -21407,1102 +21805,1106 @@
     <row r="847" spans="1:26">
       <c r="B847" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="B848" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="849" spans="1:26">
       <c r="B849" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="B850" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="851" spans="1:26">
       <c r="B851" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="852" spans="1:26" customHeight="1" ht="594">
-      <c r="A852"/>
+    <row r="852" spans="1:26">
       <c r="B852" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="B853" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="854" spans="1:26" customHeight="1" ht="816">
-      <c r="A854"/>
+    <row r="854" spans="1:26">
       <c r="B854" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="B855" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="B856" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="B857" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="B858" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="859" spans="1:26">
+    <row r="859" spans="1:26" customHeight="1" ht="594">
+      <c r="A859"/>
       <c r="B859" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="B860" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="861" spans="1:26" customHeight="1" ht="819">
+    <row r="861" spans="1:26" customHeight="1" ht="816">
       <c r="A861"/>
       <c r="B861" t="s">
         <v>863</v>
       </c>
     </row>
-    <row r="862" spans="1:26" customHeight="1" ht="819">
-      <c r="A862"/>
+    <row r="862" spans="1:26">
       <c r="B862" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="B863" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="B864" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="B865" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="B866" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="B867" t="s">
         <v>869</v>
       </c>
     </row>
-    <row r="868" spans="1:26">
+    <row r="868" spans="1:26" customHeight="1" ht="819">
+      <c r="A868"/>
       <c r="B868" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="869" spans="1:26">
+    <row r="869" spans="1:26" customHeight="1" ht="819">
+      <c r="A869"/>
       <c r="B869" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="870" spans="1:26">
       <c r="B870" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="871" spans="1:26">
       <c r="B871" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="B872" t="s">
         <v>874</v>
       </c>
     </row>
-    <row r="873" spans="1:26" customHeight="1" ht="819">
-      <c r="A873"/>
+    <row r="873" spans="1:26">
       <c r="B873" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="874" spans="1:26" customHeight="1" ht="819">
-      <c r="A874"/>
+    <row r="874" spans="1:26">
       <c r="B874" t="s">
         <v>876</v>
       </c>
     </row>
-    <row r="875" spans="1:26" customHeight="1" ht="831">
-      <c r="A875"/>
+    <row r="875" spans="1:26">
       <c r="B875" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="B876" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="877" spans="1:26">
       <c r="B877" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="878" spans="1:26">
       <c r="B878" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="879" spans="1:26">
       <c r="B879" t="s">
         <v>881</v>
       </c>
     </row>
-    <row r="880" spans="1:26">
+    <row r="880" spans="1:26" customHeight="1" ht="819">
+      <c r="A880"/>
       <c r="B880" t="s">
         <v>882</v>
       </c>
     </row>
-    <row r="881" spans="1:26">
+    <row r="881" spans="1:26" customHeight="1" ht="819">
+      <c r="A881"/>
       <c r="B881" t="s">
         <v>883</v>
       </c>
     </row>
-    <row r="882" spans="1:26">
+    <row r="882" spans="1:26" customHeight="1" ht="831">
+      <c r="A882"/>
       <c r="B882" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="B883" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="B884" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="B885" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="B886" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="B887" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="888" spans="1:26">
       <c r="B888" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="889" spans="1:26">
       <c r="B889" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="890" spans="1:26">
       <c r="B890" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="891" spans="1:26" customHeight="1" ht="854">
-      <c r="A891"/>
+    <row r="891" spans="1:26">
       <c r="B891" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="892" spans="1:26">
       <c r="B892" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="893" spans="1:26">
       <c r="B893" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="894" spans="1:26">
       <c r="B894" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="895" spans="1:26">
       <c r="B895" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="896" spans="1:26">
       <c r="B896" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="897" spans="1:26">
       <c r="B897" t="s">
         <v>899</v>
       </c>
     </row>
-    <row r="898" spans="1:26">
+    <row r="898" spans="1:26" customHeight="1" ht="854">
+      <c r="A898"/>
       <c r="B898" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="899" spans="1:26">
       <c r="B899" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="900" spans="1:26">
       <c r="B900" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="901" spans="1:26">
       <c r="B901" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="902" spans="1:26">
       <c r="B902" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="903" spans="1:26">
       <c r="B903" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="904" spans="1:26">
       <c r="B904" t="s">
         <v>906</v>
       </c>
     </row>
-    <row r="905" spans="1:26" customHeight="1" ht="841">
-      <c r="A905"/>
+    <row r="905" spans="1:26">
       <c r="B905" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="906" spans="1:26">
       <c r="B906" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="907" spans="1:26">
       <c r="B907" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="908" spans="1:26">
       <c r="B908" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="909" spans="1:26">
       <c r="B909" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="910" spans="1:26">
       <c r="B910" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="911" spans="1:26">
       <c r="B911" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="912" spans="1:26">
+    <row r="912" spans="1:26" customHeight="1" ht="841">
+      <c r="A912"/>
       <c r="B912" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="913" spans="1:26">
       <c r="B913" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="914" spans="1:26">
       <c r="B914" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="915" spans="1:26">
       <c r="B915" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="916" spans="1:26">
       <c r="B916" t="s">
         <v>918</v>
       </c>
     </row>
-    <row r="917" spans="1:26" customHeight="1" ht="833">
-      <c r="A917"/>
+    <row r="917" spans="1:26">
       <c r="B917" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="918" spans="1:26">
       <c r="B918" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="919" spans="1:26">
       <c r="B919" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="920" spans="1:26">
       <c r="B920" t="s">
         <v>922</v>
       </c>
     </row>
-    <row r="921" spans="1:26" customHeight="1" ht="589">
-      <c r="A921"/>
+    <row r="921" spans="1:26">
       <c r="B921" t="s">
         <v>923</v>
       </c>
     </row>
-    <row r="922" spans="1:26" customHeight="1" ht="808">
-      <c r="A922"/>
+    <row r="922" spans="1:26">
       <c r="B922" t="s">
         <v>924</v>
       </c>
     </row>
-    <row r="923" spans="1:26" customHeight="1" ht="899">
-      <c r="A923"/>
+    <row r="923" spans="1:26">
       <c r="B923" t="s">
         <v>925</v>
       </c>
     </row>
-    <row r="924" spans="1:26" customHeight="1" ht="799">
+    <row r="924" spans="1:26" customHeight="1" ht="833">
       <c r="A924"/>
       <c r="B924" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="925" spans="1:26">
       <c r="B925" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="926" spans="1:26">
       <c r="B926" t="s">
         <v>928</v>
       </c>
     </row>
-    <row r="927" spans="1:26" customHeight="1" ht="848">
-      <c r="A927"/>
+    <row r="927" spans="1:26">
       <c r="B927" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="928" spans="1:26">
+    <row r="928" spans="1:26" customHeight="1" ht="589">
+      <c r="A928"/>
       <c r="B928" t="s">
         <v>930</v>
       </c>
     </row>
-    <row r="929" spans="1:26">
+    <row r="929" spans="1:26" customHeight="1" ht="808">
+      <c r="A929"/>
       <c r="B929" t="s">
         <v>931</v>
       </c>
     </row>
-    <row r="930" spans="1:26">
+    <row r="930" spans="1:26" customHeight="1" ht="899">
+      <c r="A930"/>
       <c r="B930" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="931" spans="1:26">
+    <row r="931" spans="1:26" customHeight="1" ht="799">
+      <c r="A931"/>
       <c r="B931" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="932" spans="1:26">
       <c r="B932" t="s">
         <v>934</v>
       </c>
     </row>
-    <row r="933" spans="1:26" customHeight="1" ht="767">
-      <c r="A933"/>
+    <row r="933" spans="1:26">
       <c r="B933" t="s">
         <v>935</v>
       </c>
     </row>
-    <row r="934" spans="1:26">
+    <row r="934" spans="1:26" customHeight="1" ht="848">
+      <c r="A934"/>
       <c r="B934" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="935" spans="1:26" customHeight="1" ht="749">
-      <c r="A935"/>
+    <row r="935" spans="1:26">
       <c r="B935" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="936" spans="1:26">
       <c r="B936" t="s">
         <v>938</v>
       </c>
     </row>
-    <row r="937" spans="1:26" customHeight="1" ht="785">
-      <c r="A937"/>
+    <row r="937" spans="1:26">
       <c r="B937" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="938" spans="1:26">
       <c r="B938" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="939" spans="1:26">
       <c r="B939" t="s">
         <v>941</v>
       </c>
     </row>
-    <row r="940" spans="1:26" customHeight="1" ht="819">
+    <row r="940" spans="1:26" customHeight="1" ht="767">
       <c r="A940"/>
       <c r="B940" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="941" spans="1:26" customHeight="1" ht="770">
-      <c r="A941"/>
+    <row r="941" spans="1:26">
       <c r="B941" t="s">
         <v>943</v>
       </c>
     </row>
-    <row r="942" spans="1:26">
+    <row r="942" spans="1:26" customHeight="1" ht="749">
+      <c r="A942"/>
       <c r="B942" t="s">
         <v>944</v>
       </c>
     </row>
-    <row r="943" spans="1:26" customHeight="1" ht="561">
-      <c r="A943"/>
+    <row r="943" spans="1:26">
       <c r="B943" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="944" spans="1:26" customHeight="1" ht="784">
+    <row r="944" spans="1:26" customHeight="1" ht="785">
       <c r="A944"/>
       <c r="B944" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="945" spans="1:26">
       <c r="B945" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="946" spans="1:26">
       <c r="B946" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="947" spans="1:26">
+    <row r="947" spans="1:26" customHeight="1" ht="819">
+      <c r="A947"/>
       <c r="B947" t="s">
         <v>949</v>
       </c>
     </row>
-    <row r="948" spans="1:26">
+    <row r="948" spans="1:26" customHeight="1" ht="770">
+      <c r="A948"/>
       <c r="B948" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="949" spans="1:26">
       <c r="B949" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="950" spans="1:26" customHeight="1" ht="820">
+    <row r="950" spans="1:26" customHeight="1" ht="561">
       <c r="A950"/>
       <c r="B950" t="s">
         <v>952</v>
       </c>
     </row>
-    <row r="951" spans="1:26">
+    <row r="951" spans="1:26" customHeight="1" ht="784">
+      <c r="A951"/>
       <c r="B951" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="952" spans="1:26">
       <c r="B952" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="953" spans="1:26">
       <c r="B953" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="954" spans="1:26">
       <c r="B954" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="955" spans="1:26">
       <c r="B955" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="956" spans="1:26">
       <c r="B956" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="957" spans="1:26">
+    <row r="957" spans="1:26" customHeight="1" ht="820">
+      <c r="A957"/>
       <c r="B957" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="958" spans="1:26" customHeight="1" ht="843">
-      <c r="A958"/>
+    <row r="958" spans="1:26">
       <c r="B958" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="959" spans="1:26">
       <c r="B959" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="960" spans="1:26">
       <c r="B960" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="961" spans="1:26">
       <c r="B961" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="962" spans="1:26">
       <c r="B962" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="963" spans="1:26">
       <c r="B963" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="964" spans="1:26">
       <c r="B964" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="965" spans="1:26">
+    <row r="965" spans="1:26" customHeight="1" ht="843">
+      <c r="A965"/>
       <c r="B965" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="966" spans="1:26">
       <c r="B966" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="967" spans="1:26">
       <c r="B967" t="s">
         <v>969</v>
       </c>
     </row>
-    <row r="968" spans="1:26" customHeight="1" ht="743">
-      <c r="A968"/>
+    <row r="968" spans="1:26">
       <c r="B968" t="s">
         <v>970</v>
       </c>
     </row>
-    <row r="969" spans="1:26" customHeight="1" ht="782">
+    <row r="969" spans="1:26" customHeight="1" ht="864">
       <c r="A969"/>
       <c r="B969" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="970" spans="1:26">
       <c r="B970" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="971" spans="1:26">
       <c r="B971" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="972" spans="1:26">
       <c r="B972" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="973" spans="1:26">
       <c r="B973" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="974" spans="1:26">
       <c r="B974" t="s">
         <v>976</v>
       </c>
     </row>
-    <row r="975" spans="1:26">
+    <row r="975" spans="1:26" customHeight="1" ht="743">
+      <c r="A975"/>
       <c r="B975" t="s">
         <v>977</v>
       </c>
     </row>
-    <row r="976" spans="1:26">
+    <row r="976" spans="1:26" customHeight="1" ht="782">
+      <c r="A976"/>
       <c r="B976" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="977" spans="1:26">
       <c r="B977" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="978" spans="1:26">
       <c r="B978" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="979" spans="1:26">
       <c r="B979" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="980" spans="1:26">
       <c r="B980" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="981" spans="1:26" customHeight="1" ht="810">
-      <c r="A981"/>
+    <row r="981" spans="1:26">
       <c r="B981" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="982" spans="1:26">
       <c r="B982" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="983" spans="1:26" customHeight="1" ht="820">
-      <c r="A983"/>
+    <row r="983" spans="1:26">
       <c r="B983" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="984" spans="1:26" customHeight="1" ht="843">
-      <c r="A984"/>
+    <row r="984" spans="1:26">
       <c r="B984" t="s">
         <v>986</v>
       </c>
     </row>
-    <row r="985" spans="1:26" customHeight="1" ht="959">
-      <c r="A985"/>
+    <row r="985" spans="1:26">
       <c r="B985" t="s">
         <v>987</v>
       </c>
     </row>
-    <row r="986" spans="1:26" customHeight="1" ht="855">
-      <c r="A986"/>
+    <row r="986" spans="1:26">
       <c r="B986" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="987" spans="1:26" customHeight="1" ht="763">
-      <c r="A987"/>
+    <row r="987" spans="1:26">
       <c r="B987" t="s">
         <v>989</v>
       </c>
     </row>
-    <row r="988" spans="1:26" customHeight="1" ht="855">
+    <row r="988" spans="1:26" customHeight="1" ht="810">
       <c r="A988"/>
       <c r="B988" t="s">
         <v>990</v>
       </c>
     </row>
-    <row r="989" spans="1:26" customHeight="1" ht="897">
-      <c r="A989"/>
+    <row r="989" spans="1:26">
       <c r="B989" t="s">
         <v>991</v>
       </c>
     </row>
-    <row r="990" spans="1:26" customHeight="1" ht="789">
+    <row r="990" spans="1:26" customHeight="1" ht="820">
       <c r="A990"/>
       <c r="B990" t="s">
         <v>992</v>
       </c>
     </row>
-    <row r="991" spans="1:26" customHeight="1" ht="787">
+    <row r="991" spans="1:26" customHeight="1" ht="843">
       <c r="A991"/>
       <c r="B991" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="992" spans="1:26" customHeight="1" ht="826">
+    <row r="992" spans="1:26" customHeight="1" ht="959">
       <c r="A992"/>
       <c r="B992" t="s">
         <v>994</v>
       </c>
     </row>
-    <row r="993" spans="1:26" customHeight="1" ht="884">
+    <row r="993" spans="1:26" customHeight="1" ht="855">
       <c r="A993"/>
       <c r="B993" t="s">
         <v>995</v>
       </c>
     </row>
-    <row r="994" spans="1:26" customHeight="1" ht="884">
+    <row r="994" spans="1:26" customHeight="1" ht="763">
       <c r="A994"/>
       <c r="B994" t="s">
         <v>996</v>
       </c>
     </row>
-    <row r="995" spans="1:26" customHeight="1" ht="884">
+    <row r="995" spans="1:26" customHeight="1" ht="855">
       <c r="A995"/>
       <c r="B995" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="996" spans="1:26" customHeight="1" ht="895">
+    <row r="996" spans="1:26" customHeight="1" ht="897">
       <c r="A996"/>
       <c r="B996" t="s">
         <v>998</v>
       </c>
     </row>
-    <row r="997" spans="1:26" customHeight="1" ht="895">
+    <row r="997" spans="1:26" customHeight="1" ht="789">
       <c r="A997"/>
       <c r="B997" t="s">
         <v>999</v>
       </c>
     </row>
-    <row r="998" spans="1:26" customHeight="1" ht="1020">
+    <row r="998" spans="1:26" customHeight="1" ht="787">
       <c r="A998"/>
       <c r="B998" t="s">
         <v>1000</v>
       </c>
     </row>
-    <row r="999" spans="1:26" customHeight="1" ht="712">
+    <row r="999" spans="1:26" customHeight="1" ht="826">
       <c r="A999"/>
       <c r="B999" t="s">
         <v>1001</v>
       </c>
     </row>
-    <row r="1000" spans="1:26" customHeight="1" ht="785">
+    <row r="1000" spans="1:26" customHeight="1" ht="884">
       <c r="A1000"/>
       <c r="B1000" t="s">
         <v>1002</v>
       </c>
     </row>
-    <row r="1001" spans="1:26" customHeight="1" ht="837">
+    <row r="1001" spans="1:26" customHeight="1" ht="884">
       <c r="A1001"/>
       <c r="B1001" t="s">
         <v>1003</v>
       </c>
     </row>
-    <row r="1002" spans="1:26" customHeight="1" ht="571">
+    <row r="1002" spans="1:26" customHeight="1" ht="884">
       <c r="A1002"/>
       <c r="B1002" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="1003" spans="1:26" customHeight="1" ht="771">
+    <row r="1003" spans="1:26" customHeight="1" ht="895">
       <c r="A1003"/>
       <c r="B1003" t="s">
         <v>1005</v>
       </c>
     </row>
-    <row r="1004" spans="1:26" customHeight="1" ht="772">
+    <row r="1004" spans="1:26" customHeight="1" ht="895">
       <c r="A1004"/>
       <c r="B1004" t="s">
         <v>1006</v>
       </c>
     </row>
-    <row r="1005" spans="1:26" customHeight="1" ht="772">
+    <row r="1005" spans="1:26" customHeight="1" ht="1020">
       <c r="A1005"/>
       <c r="B1005" t="s">
         <v>1007</v>
       </c>
     </row>
-    <row r="1006" spans="1:26" customHeight="1" ht="759">
+    <row r="1006" spans="1:26" customHeight="1" ht="712">
       <c r="A1006"/>
       <c r="B1006" t="s">
         <v>1008</v>
       </c>
     </row>
-    <row r="1007" spans="1:26" customHeight="1" ht="820">
+    <row r="1007" spans="1:26" customHeight="1" ht="785">
       <c r="A1007"/>
       <c r="B1007" t="s">
         <v>1009</v>
       </c>
     </row>
-    <row r="1008" spans="1:26" customHeight="1" ht="895">
+    <row r="1008" spans="1:26" customHeight="1" ht="837">
       <c r="A1008"/>
       <c r="B1008" t="s">
         <v>1010</v>
       </c>
     </row>
-    <row r="1009" spans="1:26" customHeight="1" ht="811">
+    <row r="1009" spans="1:26" customHeight="1" ht="571">
       <c r="A1009"/>
       <c r="B1009" t="s">
         <v>1011</v>
       </c>
     </row>
-    <row r="1010" spans="1:26" customHeight="1" ht="934">
+    <row r="1010" spans="1:26" customHeight="1" ht="771">
       <c r="A1010"/>
       <c r="B1010" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="1011" spans="1:26" customHeight="1" ht="936">
+    <row r="1011" spans="1:26" customHeight="1" ht="772">
       <c r="A1011"/>
       <c r="B1011" t="s">
         <v>1013</v>
       </c>
     </row>
-    <row r="1012" spans="1:26" customHeight="1" ht="867">
+    <row r="1012" spans="1:26" customHeight="1" ht="772">
       <c r="A1012"/>
       <c r="B1012" t="s">
         <v>1014</v>
       </c>
     </row>
-    <row r="1013" spans="1:26" customHeight="1" ht="801">
+    <row r="1013" spans="1:26" customHeight="1" ht="759">
       <c r="A1013"/>
       <c r="B1013" t="s">
         <v>1015</v>
       </c>
     </row>
-    <row r="1014" spans="1:26" customHeight="1" ht="793">
+    <row r="1014" spans="1:26" customHeight="1" ht="820">
       <c r="A1014"/>
       <c r="B1014" t="s">
         <v>1016</v>
       </c>
     </row>
-    <row r="1015" spans="1:26" customHeight="1" ht="763">
+    <row r="1015" spans="1:26" customHeight="1" ht="895">
       <c r="A1015"/>
       <c r="B1015" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="1016" spans="1:26" customHeight="1" ht="869">
+    <row r="1016" spans="1:26" customHeight="1" ht="811">
       <c r="A1016"/>
       <c r="B1016" t="s">
         <v>1018</v>
       </c>
     </row>
-    <row r="1017" spans="1:26" customHeight="1" ht="1004">
+    <row r="1017" spans="1:26" customHeight="1" ht="934">
       <c r="A1017"/>
       <c r="B1017" t="s">
         <v>1019</v>
       </c>
     </row>
-    <row r="1018" spans="1:26" customHeight="1" ht="784">
+    <row r="1018" spans="1:26" customHeight="1" ht="936">
       <c r="A1018"/>
       <c r="B1018" t="s">
         <v>1020</v>
       </c>
     </row>
-    <row r="1019" spans="1:26" customHeight="1" ht="398">
+    <row r="1019" spans="1:26" customHeight="1" ht="867">
       <c r="A1019"/>
       <c r="B1019" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="1020" spans="1:26" customHeight="1" ht="850">
+    <row r="1020" spans="1:26" customHeight="1" ht="801">
       <c r="A1020"/>
       <c r="B1020" t="s">
         <v>1022</v>
       </c>
     </row>
-    <row r="1021" spans="1:26" customHeight="1" ht="859">
+    <row r="1021" spans="1:26" customHeight="1" ht="793">
       <c r="A1021"/>
       <c r="B1021" t="s">
         <v>1023</v>
       </c>
     </row>
-    <row r="1022" spans="1:26" customHeight="1" ht="893">
+    <row r="1022" spans="1:26" customHeight="1" ht="763">
       <c r="A1022"/>
       <c r="B1022" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="1023" spans="1:26" customHeight="1" ht="939">
+    <row r="1023" spans="1:26" customHeight="1" ht="869">
       <c r="A1023"/>
       <c r="B1023" t="s">
         <v>1025</v>
       </c>
     </row>
-    <row r="1024" spans="1:26" customHeight="1" ht="735">
+    <row r="1024" spans="1:26" customHeight="1" ht="1004">
       <c r="A1024"/>
       <c r="B1024" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="1025" spans="1:26" customHeight="1" ht="842">
+    <row r="1025" spans="1:26" customHeight="1" ht="784">
       <c r="A1025"/>
       <c r="B1025" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="1026" spans="1:26" customHeight="1" ht="784">
+    <row r="1026" spans="1:26" customHeight="1" ht="398">
       <c r="A1026"/>
       <c r="B1026" t="s">
         <v>1028</v>
       </c>
     </row>
-    <row r="1027" spans="1:26" customHeight="1" ht="782">
+    <row r="1027" spans="1:26" customHeight="1" ht="850">
       <c r="A1027"/>
       <c r="B1027" t="s">
         <v>1029</v>
       </c>
     </row>
-    <row r="1028" spans="1:26" customHeight="1" ht="1023">
+    <row r="1028" spans="1:26" customHeight="1" ht="859">
       <c r="A1028"/>
       <c r="B1028" t="s">
         <v>1030</v>
       </c>
     </row>
-    <row r="1029" spans="1:26" customHeight="1" ht="868">
+    <row r="1029" spans="1:26" customHeight="1" ht="893">
       <c r="A1029"/>
       <c r="B1029" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="1030" spans="1:26" customHeight="1" ht="812">
+    <row r="1030" spans="1:26" customHeight="1" ht="939">
       <c r="A1030"/>
       <c r="B1030" t="s">
         <v>1032</v>
       </c>
     </row>
-    <row r="1031" spans="1:26" customHeight="1" ht="980">
+    <row r="1031" spans="1:26" customHeight="1" ht="735">
       <c r="A1031"/>
       <c r="B1031" t="s">
         <v>1033</v>
       </c>
     </row>
-    <row r="1032" spans="1:26" customHeight="1" ht="942">
+    <row r="1032" spans="1:26" customHeight="1" ht="842">
       <c r="A1032"/>
       <c r="B1032" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="1033" spans="1:26" customHeight="1" ht="1006">
+    <row r="1033" spans="1:26" customHeight="1" ht="784">
       <c r="A1033"/>
       <c r="B1033" t="s">
         <v>1035</v>
       </c>
     </row>
-    <row r="1034" spans="1:26" customHeight="1" ht="795">
+    <row r="1034" spans="1:26" customHeight="1" ht="782">
       <c r="A1034"/>
       <c r="B1034" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="1035" spans="1:26" customHeight="1" ht="736">
+    <row r="1035" spans="1:26" customHeight="1" ht="1023">
       <c r="A1035"/>
       <c r="B1035" t="s">
         <v>1037</v>
       </c>
     </row>
-    <row r="1036" spans="1:26" customHeight="1" ht="854">
+    <row r="1036" spans="1:26" customHeight="1" ht="868">
       <c r="A1036"/>
       <c r="B1036" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="1037" spans="1:26">
+    <row r="1037" spans="1:26" customHeight="1" ht="812">
+      <c r="A1037"/>
       <c r="B1037" t="s">
         <v>1039</v>
       </c>
     </row>
-    <row r="1038" spans="1:26">
+    <row r="1038" spans="1:26" customHeight="1" ht="980">
+      <c r="A1038"/>
       <c r="B1038" t="s">
         <v>1040</v>
       </c>
     </row>
-    <row r="1039" spans="1:26">
+    <row r="1039" spans="1:26" customHeight="1" ht="942">
+      <c r="A1039"/>
       <c r="B1039" t="s">
         <v>1041</v>
       </c>
     </row>
-    <row r="1040" spans="1:26">
+    <row r="1040" spans="1:26" customHeight="1" ht="1006">
+      <c r="A1040"/>
       <c r="B1040" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="1041" spans="1:26">
+    <row r="1041" spans="1:26" customHeight="1" ht="795">
+      <c r="A1041"/>
       <c r="B1041" t="s">
         <v>1043</v>
       </c>
     </row>
-    <row r="1042" spans="1:26">
+    <row r="1042" spans="1:26" customHeight="1" ht="736">
+      <c r="A1042"/>
       <c r="B1042" t="s">
         <v>1044</v>
       </c>
     </row>
-    <row r="1043" spans="1:26">
+    <row r="1043" spans="1:26" customHeight="1" ht="854">
+      <c r="A1043"/>
       <c r="B1043" t="s">
         <v>1045</v>
       </c>
     </row>
-    <row r="1044" spans="1:26">
+    <row r="1044" spans="1:26" customHeight="1" ht="814">
+      <c r="A1044"/>
       <c r="B1044" t="s">
         <v>1046</v>
       </c>
     </row>
-    <row r="1045" spans="1:26">
+    <row r="1045" spans="1:26" customHeight="1" ht="901">
+      <c r="A1045"/>
       <c r="B1045" t="s">
         <v>1047</v>
       </c>
     </row>
-    <row r="1046" spans="1:26">
+    <row r="1046" spans="1:26" customHeight="1" ht="803">
+      <c r="A1046"/>
       <c r="B1046" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="1047" spans="1:26">
       <c r="B1047" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="1048" spans="1:26">
       <c r="B1048" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="1049" spans="1:26">
       <c r="B1049" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="1050" spans="1:26">
       <c r="B1050" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="1051" spans="1:26">
@@ -22768,718 +23170,768 @@
     <row r="1103" spans="1:26">
       <c r="B1103" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="1104" spans="1:26">
       <c r="B1104" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="1105" spans="1:26">
       <c r="B1105" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="1106" spans="1:26">
       <c r="B1106" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="1107" spans="1:26">
       <c r="B1107" t="s">
         <v>1109</v>
       </c>
     </row>
-    <row r="1108" spans="1:26" customHeight="1" ht="847">
-      <c r="A1108"/>
+    <row r="1108" spans="1:26">
       <c r="B1108" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="1109" spans="1:26">
       <c r="B1109" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="1110" spans="1:26">
       <c r="B1110" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="1111" spans="1:26">
       <c r="B1111" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="1112" spans="1:26">
       <c r="B1112" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="1113" spans="1:26">
       <c r="B1113" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="1114" spans="1:26">
       <c r="B1114" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="1115" spans="1:26">
       <c r="B1115" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="1116" spans="1:26">
       <c r="B1116" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="1117" spans="1:26">
       <c r="B1117" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="1118" spans="1:26">
+    <row r="1118" spans="1:26" customHeight="1" ht="847">
+      <c r="A1118"/>
       <c r="B1118" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="1119" spans="1:26">
       <c r="B1119" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="1120" spans="1:26">
       <c r="B1120" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="1121" spans="1:26">
       <c r="B1121" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="1122" spans="1:26" customHeight="1" ht="420">
-      <c r="A1122"/>
+    <row r="1122" spans="1:26">
       <c r="B1122" t="s">
         <v>1124</v>
       </c>
     </row>
-    <row r="1123" spans="1:26" customHeight="1" ht="373">
-      <c r="A1123"/>
+    <row r="1123" spans="1:26">
       <c r="B1123" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="1124" spans="1:26" customHeight="1" ht="900">
-      <c r="A1124"/>
+    <row r="1124" spans="1:26">
       <c r="B1124" t="s">
         <v>1126</v>
       </c>
     </row>
-    <row r="1125" spans="1:26" customHeight="1" ht="485">
-      <c r="A1125"/>
+    <row r="1125" spans="1:26">
       <c r="B1125" t="s">
         <v>1127</v>
       </c>
     </row>
-    <row r="1126" spans="1:26" customHeight="1" ht="485">
-      <c r="A1126"/>
+    <row r="1126" spans="1:26">
       <c r="B1126" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="1127" spans="1:26" customHeight="1" ht="479">
-      <c r="A1127"/>
+    <row r="1127" spans="1:26">
       <c r="B1127" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="1128" spans="1:26">
       <c r="B1128" t="s">
         <v>1130</v>
       </c>
     </row>
-    <row r="1129" spans="1:26" customHeight="1" ht="486">
-      <c r="A1129"/>
+    <row r="1129" spans="1:26">
       <c r="B1129" t="s">
         <v>1131</v>
       </c>
     </row>
-    <row r="1130" spans="1:26" customHeight="1" ht="601">
-      <c r="A1130"/>
+    <row r="1130" spans="1:26">
       <c r="B1130" t="s">
         <v>1132</v>
       </c>
     </row>
-    <row r="1131" spans="1:26" customHeight="1" ht="605">
-      <c r="A1131"/>
+    <row r="1131" spans="1:26">
       <c r="B1131" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="1132" spans="1:26" customHeight="1" ht="583">
+    <row r="1132" spans="1:26" customHeight="1" ht="420">
       <c r="A1132"/>
       <c r="B1132" t="s">
         <v>1134</v>
       </c>
     </row>
-    <row r="1133" spans="1:26" customHeight="1" ht="612">
+    <row r="1133" spans="1:26" customHeight="1" ht="373">
       <c r="A1133"/>
       <c r="B1133" t="s">
         <v>1135</v>
       </c>
     </row>
-    <row r="1134" spans="1:26" customHeight="1" ht="640">
+    <row r="1134" spans="1:26" customHeight="1" ht="900">
       <c r="A1134"/>
       <c r="B1134" t="s">
         <v>1136</v>
       </c>
     </row>
-    <row r="1135" spans="1:26" customHeight="1" ht="664">
+    <row r="1135" spans="1:26" customHeight="1" ht="485">
       <c r="A1135"/>
       <c r="B1135" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="1136" spans="1:26" customHeight="1" ht="605">
+    <row r="1136" spans="1:26" customHeight="1" ht="485">
       <c r="A1136"/>
       <c r="B1136" t="s">
         <v>1138</v>
       </c>
     </row>
-    <row r="1137" spans="1:26" customHeight="1" ht="623">
+    <row r="1137" spans="1:26" customHeight="1" ht="479">
       <c r="A1137"/>
       <c r="B1137" t="s">
         <v>1139</v>
       </c>
     </row>
-    <row r="1138" spans="1:26" customHeight="1" ht="570">
-      <c r="A1138"/>
+    <row r="1138" spans="1:26">
       <c r="B1138" t="s">
         <v>1140</v>
       </c>
     </row>
-    <row r="1139" spans="1:26" customHeight="1" ht="401">
+    <row r="1139" spans="1:26" customHeight="1" ht="486">
       <c r="A1139"/>
       <c r="B1139" t="s">
         <v>1141</v>
       </c>
     </row>
-    <row r="1140" spans="1:26" customHeight="1" ht="400">
+    <row r="1140" spans="1:26" customHeight="1" ht="601">
       <c r="A1140"/>
       <c r="B1140" t="s">
         <v>1142</v>
       </c>
     </row>
-    <row r="1141" spans="1:26" customHeight="1" ht="868">
+    <row r="1141" spans="1:26" customHeight="1" ht="605">
       <c r="A1141"/>
       <c r="B1141" t="s">
         <v>1143</v>
       </c>
     </row>
-    <row r="1142" spans="1:26" customHeight="1" ht="397">
+    <row r="1142" spans="1:26" customHeight="1" ht="583">
       <c r="A1142"/>
       <c r="B1142" t="s">
         <v>1144</v>
       </c>
     </row>
-    <row r="1143" spans="1:26" customHeight="1" ht="397">
+    <row r="1143" spans="1:26" customHeight="1" ht="612">
       <c r="A1143"/>
       <c r="B1143" t="s">
         <v>1145</v>
       </c>
     </row>
-    <row r="1144" spans="1:26" customHeight="1" ht="400">
+    <row r="1144" spans="1:26" customHeight="1" ht="640">
       <c r="A1144"/>
       <c r="B1144" t="s">
         <v>1146</v>
       </c>
     </row>
-    <row r="1145" spans="1:26" customHeight="1" ht="403">
+    <row r="1145" spans="1:26" customHeight="1" ht="664">
       <c r="A1145"/>
       <c r="B1145" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="1146" spans="1:26" customHeight="1" ht="398">
+    <row r="1146" spans="1:26" customHeight="1" ht="605">
       <c r="A1146"/>
       <c r="B1146" t="s">
         <v>1148</v>
       </c>
     </row>
-    <row r="1147" spans="1:26" customHeight="1" ht="402">
+    <row r="1147" spans="1:26" customHeight="1" ht="623">
       <c r="A1147"/>
       <c r="B1147" t="s">
         <v>1149</v>
       </c>
     </row>
-    <row r="1148" spans="1:26" customHeight="1" ht="401">
+    <row r="1148" spans="1:26" customHeight="1" ht="570">
       <c r="A1148"/>
       <c r="B1148" t="s">
         <v>1150</v>
       </c>
     </row>
-    <row r="1149" spans="1:26" customHeight="1" ht="400">
+    <row r="1149" spans="1:26" customHeight="1" ht="401">
       <c r="A1149"/>
       <c r="B1149" t="s">
         <v>1151</v>
       </c>
     </row>
-    <row r="1150" spans="1:26" customHeight="1" ht="396">
+    <row r="1150" spans="1:26" customHeight="1" ht="400">
       <c r="A1150"/>
       <c r="B1150" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="1151" spans="1:26" customHeight="1" ht="393">
+    <row r="1151" spans="1:26" customHeight="1" ht="868">
       <c r="A1151"/>
       <c r="B1151" t="s">
         <v>1153</v>
       </c>
     </row>
-    <row r="1152" spans="1:26" customHeight="1" ht="918">
+    <row r="1152" spans="1:26" customHeight="1" ht="397">
       <c r="A1152"/>
       <c r="B1152" t="s">
         <v>1154</v>
       </c>
     </row>
-    <row r="1153" spans="1:26" customHeight="1" ht="901">
+    <row r="1153" spans="1:26" customHeight="1" ht="397">
       <c r="A1153"/>
       <c r="B1153" t="s">
         <v>1155</v>
       </c>
     </row>
-    <row r="1154" spans="1:26" customHeight="1" ht="951">
+    <row r="1154" spans="1:26" customHeight="1" ht="400">
       <c r="A1154"/>
       <c r="B1154" t="s">
         <v>1156</v>
       </c>
     </row>
-    <row r="1155" spans="1:26" customHeight="1" ht="393">
+    <row r="1155" spans="1:26" customHeight="1" ht="403">
       <c r="A1155"/>
       <c r="B1155" t="s">
         <v>1157</v>
       </c>
     </row>
-    <row r="1156" spans="1:26" customHeight="1" ht="391">
+    <row r="1156" spans="1:26" customHeight="1" ht="398">
       <c r="A1156"/>
       <c r="B1156" t="s">
         <v>1158</v>
       </c>
     </row>
-    <row r="1157" spans="1:26" customHeight="1" ht="393">
+    <row r="1157" spans="1:26" customHeight="1" ht="402">
       <c r="A1157"/>
       <c r="B1157" t="s">
         <v>1159</v>
       </c>
     </row>
-    <row r="1158" spans="1:26" customHeight="1" ht="394">
+    <row r="1158" spans="1:26" customHeight="1" ht="401">
       <c r="A1158"/>
       <c r="B1158" t="s">
         <v>1160</v>
       </c>
     </row>
-    <row r="1159" spans="1:26" customHeight="1" ht="391">
+    <row r="1159" spans="1:26" customHeight="1" ht="400">
       <c r="A1159"/>
       <c r="B1159" t="s">
         <v>1161</v>
       </c>
     </row>
-    <row r="1160" spans="1:26" customHeight="1" ht="394">
+    <row r="1160" spans="1:26" customHeight="1" ht="396">
       <c r="A1160"/>
       <c r="B1160" t="s">
         <v>1162</v>
       </c>
     </row>
-    <row r="1161" spans="1:26" customHeight="1" ht="900">
+    <row r="1161" spans="1:26" customHeight="1" ht="393">
       <c r="A1161"/>
       <c r="B1161" t="s">
         <v>1163</v>
       </c>
     </row>
-    <row r="1162" spans="1:26" customHeight="1" ht="393">
+    <row r="1162" spans="1:26" customHeight="1" ht="918">
       <c r="A1162"/>
       <c r="B1162" t="s">
         <v>1164</v>
       </c>
     </row>
-    <row r="1163" spans="1:26" customHeight="1" ht="392">
+    <row r="1163" spans="1:26" customHeight="1" ht="901">
       <c r="A1163"/>
       <c r="B1163" t="s">
         <v>1165</v>
       </c>
     </row>
-    <row r="1164" spans="1:26" customHeight="1" ht="391">
+    <row r="1164" spans="1:26" customHeight="1" ht="951">
       <c r="A1164"/>
       <c r="B1164" t="s">
         <v>1166</v>
       </c>
     </row>
-    <row r="1165" spans="1:26" customHeight="1" ht="391">
+    <row r="1165" spans="1:26" customHeight="1" ht="393">
       <c r="A1165"/>
       <c r="B1165" t="s">
         <v>1167</v>
       </c>
     </row>
-    <row r="1166" spans="1:26" customHeight="1" ht="902">
+    <row r="1166" spans="1:26" customHeight="1" ht="391">
       <c r="A1166"/>
       <c r="B1166" t="s">
         <v>1168</v>
       </c>
     </row>
-    <row r="1167" spans="1:26" customHeight="1" ht="392">
+    <row r="1167" spans="1:26" customHeight="1" ht="393">
       <c r="A1167"/>
       <c r="B1167" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="1168" spans="1:26" customHeight="1" ht="394">
       <c r="A1168"/>
       <c r="B1168" t="s">
         <v>1170</v>
       </c>
     </row>
-    <row r="1169" spans="1:26" customHeight="1" ht="393">
+    <row r="1169" spans="1:26" customHeight="1" ht="391">
       <c r="A1169"/>
       <c r="B1169" t="s">
         <v>1171</v>
       </c>
     </row>
-    <row r="1170" spans="1:26" customHeight="1" ht="893">
+    <row r="1170" spans="1:26" customHeight="1" ht="394">
       <c r="A1170"/>
       <c r="B1170" t="s">
         <v>1172</v>
       </c>
     </row>
-    <row r="1171" spans="1:26" customHeight="1" ht="893">
+    <row r="1171" spans="1:26" customHeight="1" ht="900">
       <c r="A1171"/>
       <c r="B1171" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="1172" spans="1:26" customHeight="1" ht="394">
+    <row r="1172" spans="1:26" customHeight="1" ht="393">
       <c r="A1172"/>
       <c r="B1172" t="s">
         <v>1174</v>
       </c>
     </row>
-    <row r="1173" spans="1:26" customHeight="1" ht="897">
+    <row r="1173" spans="1:26" customHeight="1" ht="392">
       <c r="A1173"/>
       <c r="B1173" t="s">
         <v>1175</v>
       </c>
     </row>
-    <row r="1174" spans="1:26" customHeight="1" ht="900">
+    <row r="1174" spans="1:26" customHeight="1" ht="391">
       <c r="A1174"/>
       <c r="B1174" t="s">
         <v>1176</v>
       </c>
     </row>
-    <row r="1175" spans="1:26" customHeight="1" ht="393">
+    <row r="1175" spans="1:26" customHeight="1" ht="391">
       <c r="A1175"/>
       <c r="B1175" t="s">
         <v>1177</v>
       </c>
     </row>
-    <row r="1176" spans="1:26" customHeight="1" ht="900">
+    <row r="1176" spans="1:26" customHeight="1" ht="902">
       <c r="A1176"/>
       <c r="B1176" t="s">
         <v>1178</v>
       </c>
     </row>
-    <row r="1177" spans="1:26" customHeight="1" ht="893">
+    <row r="1177" spans="1:26" customHeight="1" ht="392">
       <c r="A1177"/>
       <c r="B1177" t="s">
         <v>1179</v>
       </c>
     </row>
-    <row r="1178" spans="1:26" customHeight="1" ht="391">
+    <row r="1178" spans="1:26" customHeight="1" ht="394">
       <c r="A1178"/>
       <c r="B1178" t="s">
         <v>1180</v>
       </c>
     </row>
-    <row r="1179" spans="1:26" customHeight="1" ht="897">
+    <row r="1179" spans="1:26" customHeight="1" ht="393">
       <c r="A1179"/>
       <c r="B1179" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="1180" spans="1:26" customHeight="1" ht="893">
       <c r="A1180"/>
       <c r="B1180" t="s">
         <v>1182</v>
       </c>
     </row>
-    <row r="1181" spans="1:26" customHeight="1" ht="897">
+    <row r="1181" spans="1:26" customHeight="1" ht="893">
       <c r="A1181"/>
       <c r="B1181" t="s">
         <v>1183</v>
       </c>
     </row>
-    <row r="1182" spans="1:26" customHeight="1" ht="894">
+    <row r="1182" spans="1:26" customHeight="1" ht="394">
       <c r="A1182"/>
       <c r="B1182" t="s">
         <v>1184</v>
       </c>
     </row>
-    <row r="1183" spans="1:26" customHeight="1" ht="392">
+    <row r="1183" spans="1:26" customHeight="1" ht="897">
       <c r="A1183"/>
       <c r="B1183" t="s">
         <v>1185</v>
       </c>
     </row>
-    <row r="1184" spans="1:26" customHeight="1" ht="392">
+    <row r="1184" spans="1:26" customHeight="1" ht="900">
       <c r="A1184"/>
       <c r="B1184" t="s">
         <v>1186</v>
       </c>
     </row>
-    <row r="1185" spans="1:26" customHeight="1" ht="392">
+    <row r="1185" spans="1:26" customHeight="1" ht="393">
       <c r="A1185"/>
       <c r="B1185" t="s">
         <v>1187</v>
       </c>
     </row>
-    <row r="1186" spans="1:26" customHeight="1" ht="393">
+    <row r="1186" spans="1:26" customHeight="1" ht="900">
       <c r="A1186"/>
       <c r="B1186" t="s">
         <v>1188</v>
       </c>
     </row>
-    <row r="1187" spans="1:26" customHeight="1" ht="905">
+    <row r="1187" spans="1:26" customHeight="1" ht="893">
       <c r="A1187"/>
       <c r="B1187" t="s">
         <v>1189</v>
       </c>
     </row>
-    <row r="1188" spans="1:26" customHeight="1" ht="890">
+    <row r="1188" spans="1:26" customHeight="1" ht="391">
       <c r="A1188"/>
       <c r="B1188" t="s">
         <v>1190</v>
       </c>
     </row>
-    <row r="1189" spans="1:26" customHeight="1" ht="900">
+    <row r="1189" spans="1:26" customHeight="1" ht="897">
       <c r="A1189"/>
       <c r="B1189" t="s">
         <v>1191</v>
       </c>
     </row>
-    <row r="1190" spans="1:26" customHeight="1" ht="396">
+    <row r="1190" spans="1:26" customHeight="1" ht="893">
       <c r="A1190"/>
       <c r="B1190" t="s">
         <v>1192</v>
       </c>
     </row>
-    <row r="1191" spans="1:26" customHeight="1" ht="894">
+    <row r="1191" spans="1:26" customHeight="1" ht="897">
       <c r="A1191"/>
       <c r="B1191" t="s">
         <v>1193</v>
       </c>
     </row>
-    <row r="1192" spans="1:26" customHeight="1" ht="397">
+    <row r="1192" spans="1:26" customHeight="1" ht="894">
       <c r="A1192"/>
       <c r="B1192" t="s">
         <v>1194</v>
       </c>
     </row>
-    <row r="1193" spans="1:26" customHeight="1" ht="393">
+    <row r="1193" spans="1:26" customHeight="1" ht="392">
       <c r="A1193"/>
       <c r="B1193" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="1194" spans="1:26" customHeight="1" ht="392">
       <c r="A1194"/>
       <c r="B1194" t="s">
         <v>1196</v>
       </c>
     </row>
-    <row r="1195" spans="1:26" customHeight="1" ht="900">
+    <row r="1195" spans="1:26" customHeight="1" ht="392">
       <c r="A1195"/>
       <c r="B1195" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="1196" spans="1:26" customHeight="1" ht="393">
       <c r="A1196"/>
       <c r="B1196" t="s">
         <v>1198</v>
       </c>
     </row>
-    <row r="1197" spans="1:26" customHeight="1" ht="885">
+    <row r="1197" spans="1:26" customHeight="1" ht="905">
       <c r="A1197"/>
       <c r="B1197" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="1198" spans="1:26" customHeight="1" ht="890">
       <c r="A1198"/>
       <c r="B1198" t="s">
         <v>1200</v>
       </c>
     </row>
-    <row r="1199" spans="1:26" customHeight="1" ht="889">
+    <row r="1199" spans="1:26" customHeight="1" ht="900">
       <c r="A1199"/>
       <c r="B1199" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="1200" spans="1:26" customHeight="1" ht="396">
       <c r="A1200"/>
       <c r="B1200" t="s">
         <v>1202</v>
       </c>
     </row>
-    <row r="1201" spans="1:26" customHeight="1" ht="392">
+    <row r="1201" spans="1:26" customHeight="1" ht="894">
       <c r="A1201"/>
       <c r="B1201" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="1202" spans="1:26" customHeight="1" ht="904">
+    <row r="1202" spans="1:26" customHeight="1" ht="397">
       <c r="A1202"/>
       <c r="B1202" t="s">
         <v>1204</v>
       </c>
     </row>
-    <row r="1203" spans="1:26" customHeight="1" ht="893">
+    <row r="1203" spans="1:26" customHeight="1" ht="393">
       <c r="A1203"/>
       <c r="B1203" t="s">
         <v>1205</v>
       </c>
     </row>
-    <row r="1204" spans="1:26" customHeight="1" ht="895">
+    <row r="1204" spans="1:26" customHeight="1" ht="392">
       <c r="A1204"/>
       <c r="B1204" t="s">
         <v>1206</v>
       </c>
     </row>
-    <row r="1205" spans="1:26" customHeight="1" ht="397">
+    <row r="1205" spans="1:26" customHeight="1" ht="900">
       <c r="A1205"/>
       <c r="B1205" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="1206" spans="1:26" customHeight="1" ht="395">
+    <row r="1206" spans="1:26" customHeight="1" ht="393">
       <c r="A1206"/>
       <c r="B1206" t="s">
         <v>1208</v>
       </c>
     </row>
-    <row r="1207" spans="1:26" customHeight="1" ht="396">
+    <row r="1207" spans="1:26" customHeight="1" ht="885">
       <c r="A1207"/>
       <c r="B1207" t="s">
         <v>1209</v>
       </c>
     </row>
-    <row r="1208" spans="1:26" customHeight="1" ht="877">
+    <row r="1208" spans="1:26" customHeight="1" ht="890">
       <c r="A1208"/>
       <c r="B1208" t="s">
         <v>1210</v>
       </c>
     </row>
-    <row r="1209" spans="1:26" customHeight="1" ht="402">
+    <row r="1209" spans="1:26" customHeight="1" ht="889">
       <c r="A1209"/>
       <c r="B1209" t="s">
         <v>1211</v>
       </c>
     </row>
-    <row r="1210" spans="1:26" customHeight="1" ht="412">
+    <row r="1210" spans="1:26" customHeight="1" ht="396">
       <c r="A1210"/>
       <c r="B1210" t="s">
         <v>1212</v>
       </c>
     </row>
-    <row r="1211" spans="1:26" customHeight="1" ht="402">
+    <row r="1211" spans="1:26" customHeight="1" ht="392">
       <c r="A1211"/>
       <c r="B1211" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="1212" spans="1:26" customHeight="1" ht="398">
+    <row r="1212" spans="1:26" customHeight="1" ht="904">
       <c r="A1212"/>
       <c r="B1212" t="s">
         <v>1214</v>
       </c>
     </row>
-    <row r="1213" spans="1:26" customHeight="1" ht="404">
+    <row r="1213" spans="1:26" customHeight="1" ht="893">
       <c r="A1213"/>
       <c r="B1213" t="s">
         <v>1215</v>
       </c>
     </row>
-    <row r="1214" spans="1:26" customHeight="1" ht="858">
+    <row r="1214" spans="1:26" customHeight="1" ht="895">
       <c r="A1214"/>
       <c r="B1214" t="s">
         <v>1216</v>
       </c>
     </row>
-    <row r="1215" spans="1:26" customHeight="1" ht="406">
+    <row r="1215" spans="1:26" customHeight="1" ht="397">
       <c r="A1215"/>
       <c r="B1215" t="s">
         <v>1217</v>
       </c>
     </row>
-    <row r="1216" spans="1:26" customHeight="1" ht="406">
+    <row r="1216" spans="1:26" customHeight="1" ht="395">
       <c r="A1216"/>
       <c r="B1216" t="s">
         <v>1218</v>
       </c>
     </row>
-    <row r="1217" spans="1:26" customHeight="1" ht="399">
+    <row r="1217" spans="1:26" customHeight="1" ht="396">
       <c r="A1217"/>
       <c r="B1217" t="s">
         <v>1219</v>
       </c>
     </row>
-    <row r="1218" spans="1:26" customHeight="1" ht="413">
+    <row r="1218" spans="1:26" customHeight="1" ht="877">
       <c r="A1218"/>
       <c r="B1218" t="s">
         <v>1220</v>
       </c>
     </row>
-    <row r="1219" spans="1:26" customHeight="1" ht="884">
+    <row r="1219" spans="1:26" customHeight="1" ht="402">
       <c r="A1219"/>
       <c r="B1219" t="s">
         <v>1221</v>
       </c>
     </row>
-    <row r="1220" spans="1:26" customHeight="1" ht="402">
+    <row r="1220" spans="1:26" customHeight="1" ht="412">
       <c r="A1220"/>
       <c r="B1220" t="s">
         <v>1222</v>
       </c>
     </row>
-    <row r="1221" spans="1:26" customHeight="1" ht="405">
+    <row r="1221" spans="1:26" customHeight="1" ht="402">
       <c r="A1221"/>
       <c r="B1221" t="s">
         <v>1223</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:26" customHeight="1" ht="398">
+      <c r="A1222"/>
+      <c r="B1222" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:26" customHeight="1" ht="404">
+      <c r="A1223"/>
+      <c r="B1223" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:26" customHeight="1" ht="858">
+      <c r="A1224"/>
+      <c r="B1224" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:26" customHeight="1" ht="406">
+      <c r="A1225"/>
+      <c r="B1225" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:26" customHeight="1" ht="406">
+      <c r="A1226"/>
+      <c r="B1226" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:26" customHeight="1" ht="399">
+      <c r="A1227"/>
+      <c r="B1227" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:26" customHeight="1" ht="413">
+      <c r="A1228"/>
+      <c r="B1228" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:26" customHeight="1" ht="884">
+      <c r="A1229"/>
+      <c r="B1229" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:26" customHeight="1" ht="402">
+      <c r="A1230"/>
+      <c r="B1230" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:26" customHeight="1" ht="405">
+      <c r="A1231"/>
+      <c r="B1231" t="s">
+        <v>1233</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>